--- v0 (2025-10-15)
+++ v1 (2025-12-24)
@@ -50,192 +50,161 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="0052375B">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>subtítulo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E8AC539" w14:textId="317B6555" w:rsidR="00AB192A" w:rsidRPr="00C14052" w:rsidRDefault="00AB192A" w:rsidP="00552C06">
       <w:pPr>
         <w:pStyle w:val="Articletitle2"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C14052">
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve">English </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C14052">
+        <w:t>English tittle</w:t>
+      </w:r>
+      <w:r w:rsidR="0052375B" w:rsidRPr="00C14052">
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t>tittle</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: subtitle </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75ADD6B3" w14:textId="2501A843" w:rsidR="00AB192A" w:rsidRPr="0088580A" w:rsidRDefault="00AB192A" w:rsidP="00552C06">
       <w:pPr>
         <w:pStyle w:val="Articletitle2"/>
       </w:pPr>
       <w:r>
         <w:t>Título em português</w:t>
       </w:r>
       <w:r w:rsidR="0052375B">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="0052375B" w:rsidRPr="00355076">
         <w:t>subtítulo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A44BF07" w14:textId="77777777" w:rsidR="00D65A5A" w:rsidRPr="00216D47" w:rsidRDefault="00D65A5A" w:rsidP="00D65A5A">
       <w:pPr>
         <w:pStyle w:val="AuthorBio"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47144577" w14:textId="77777777" w:rsidR="00722BB0" w:rsidRPr="00874B76" w:rsidRDefault="00722BB0" w:rsidP="00722BB0">
+    <w:p w14:paraId="47144577" w14:textId="77777777" w:rsidR="00722BB0" w:rsidRPr="00B350CC" w:rsidRDefault="00722BB0" w:rsidP="00722BB0">
       <w:pPr>
         <w:pStyle w:val="AuthorBio"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00874B76">
+      <w:r w:rsidRPr="00B350CC">
         <w:rPr>
           <w:b/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Campo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00874B76">
+      <w:r w:rsidRPr="00B350CC">
         <w:rPr>
           <w:b/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>del</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00874B76">
+      <w:r w:rsidRPr="00B350CC">
         <w:rPr>
           <w:b/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> autor no </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00874B76">
+      <w:r w:rsidRPr="00B350CC">
         <w:rPr>
           <w:b/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>rellenable</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00874B76">
+      <w:r w:rsidRPr="00B350CC">
         <w:rPr>
           <w:b/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A613F58" w14:textId="6FB9C29D" w:rsidR="008016FB" w:rsidRPr="00874B76" w:rsidRDefault="00722BB0" w:rsidP="00722BB0">
+    <w:p w14:paraId="42E69ADE" w14:textId="3FCC70D9" w:rsidR="00CA43F7" w:rsidRPr="00694AC1" w:rsidRDefault="00722BB0" w:rsidP="00694AC1">
       <w:pPr>
         <w:pStyle w:val="AuthorBio"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00874B76">
         <w:rPr>
           <w:b/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Este campo será rellenado por el equipo editorial tras la aceptación  </w:t>
       </w:r>
       <w:r w:rsidR="008C0DE3" w:rsidRPr="00874B76">
         <w:rPr>
           <w:b/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="61FC10EC" w14:textId="77777777" w:rsidR="00197061" w:rsidRPr="00722BB0" w:rsidRDefault="00197061" w:rsidP="00197061">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E86A5B7" w14:textId="6CC19811" w:rsidR="0085411D" w:rsidRPr="00663E07" w:rsidRDefault="004B22F6" w:rsidP="0085411D">
       <w:pPr>
         <w:pStyle w:val="AuthorBio"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0AC0E4A8" wp14:editId="529D68A5">
                 <wp:extent cx="5743575" cy="266700"/>
@@ -368,605 +337,580 @@
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="3A9B0E33" w14:textId="77777777" w:rsidR="00190D33" w:rsidRPr="00312777" w:rsidRDefault="00190D33" w:rsidP="00D65A5A">
                         <w:pPr>
                           <w:pStyle w:val="DocumentStyle"/>
                         </w:pPr>
                         <w:r>
                           <w:t>original</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
                 <v:shape id="AutoShape 4" o:spid="_x0000_s1028" type="#_x0000_t32" style="position:absolute;left:1487;top:4478;width:9313;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAWsk6fMoAAADjAAAADwAAAGRycy9kb3ducmV2LnhtbERP3UvDMBB/F/Y/hBv4Ii6poCvdsrFN&#10;hIEPug9wj0dzNsXmUpps7fzrjSD4eL/vmy8H14gLdaH2rCGbKBDEpTc1VxqOh5f7HESIyAYbz6Th&#10;SgGWi9HNHAvje97RZR8rkUI4FKjBxtgWUobSksMw8S1x4j595zCms6uk6bBP4a6RD0o9SYc1pwaL&#10;LW0slV/7s9PwVp0/zKva9qf3593hLjtu1vb7qvXteFjNQEQa4r/4z701af5UTbM8V9kj/P6UAJCL&#10;HwAAAP//AwBQSwECLQAUAAYACAAAACEA/iXrpQABAADqAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQCWBTNY1AAAAJcBAAALAAAAAAAAAAAAAAAA&#10;ADEBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAUAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvY29ubmVjdG9yeG1sLnhtbFBLAQItABQABgAIAAAAIQBayTp8ygAAAOMAAAAPAAAA&#10;AAAAAAAAAAAAAKECAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABAD5AAAAmAMAAAAA&#10;" strokecolor="#ffa11c" strokeweight="1.5pt"/>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E90571F" w14:textId="14214DED" w:rsidR="00520D7D" w:rsidRPr="002B296C" w:rsidRDefault="00216D47" w:rsidP="00571F65">
+    <w:p w14:paraId="19E0463E" w14:textId="77777777" w:rsidR="00B350CC" w:rsidRPr="002B296C" w:rsidRDefault="00B350CC" w:rsidP="00B350CC">
       <w:pPr>
         <w:pStyle w:val="AbstractTitle"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B296C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B20B00C" w14:textId="33E6A7FF" w:rsidR="00922EEA" w:rsidRPr="00A93D35" w:rsidRDefault="00922EEA" w:rsidP="00571F65">
+    <w:p w14:paraId="4BF380C1" w14:textId="77777777" w:rsidR="00B350CC" w:rsidRPr="00A93D35" w:rsidRDefault="00B350CC" w:rsidP="00B350CC">
       <w:pPr>
         <w:pStyle w:val="AbstractGreyText"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A93D35">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Objetivo.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A93D35">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> El resumen debe ser escrito en el idioma del documento (portugués, español o inglés), cuerpo 8, con un máximo de 150 palabras, y con tres a cinco palabras clave separadas entre sí con coma e iniciales minúsculas (excepto nombres de pila). El resumen debe incluir el propósito, los objetivos, el método, los resultados y las conclusiones del estudio presentado. El resumen del texto enviado para su evaluación y la información introducida en los metadatos de presentación deben ser iguales, al igual que las palabras clave (que deben introducirse individualmente en el campo correspondiente del sistema en todos los idiomas). Al definir las palabras clave, evite las palabras y frases compuestas, a menos que sean significativas. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A93D35">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Método.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A93D35">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Debe introducirse en las tres lenguas. Se puede utilizar la traducción del resumen por inteligencia artificial pidiéndole que actúe como un traductor profesional traduciendo a la lengua deseada. También puede utilizar el sitio web de traducción DeepL </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="004A6C53" w:rsidRPr="00C3396B">
+        <w:r w:rsidRPr="00C3396B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:iCs/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>https://www.deepl.com/pt-PT/translator</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A93D35">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>. Especifique el uso de todas las herramientas en el documento</w:t>
       </w:r>
-      <w:r w:rsidR="00A93D35">
+      <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A93D35">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Resultados. </w:t>
       </w:r>
-      <w:r w:rsidR="00A93D35">
+      <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">No usar la traducción automática sin un profesional para todo el texto. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A93D35">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Conclusiones.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C14E3CC" w14:textId="2E64EC0F" w:rsidR="00065043" w:rsidRDefault="00AC16FD" w:rsidP="00571F65">
+    <w:p w14:paraId="579F49D9" w14:textId="77777777" w:rsidR="00B350CC" w:rsidRDefault="00B350CC" w:rsidP="00B350CC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004A6C53">
+      <w:r w:rsidRPr="000307B4">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Keywords</w:t>
+        <w:t>Palabras clave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000307B4">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00065043">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">separadas por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00065043">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>comma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0025125B" w:rsidRPr="004A6C53">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">separadas por </w:t>
+      <w:r w:rsidRPr="00065043">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sin </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00065043" w:rsidRPr="00065043">
-[...3 lines deleted...]
-        <w:t>comma</w:t>
+      <w:r w:rsidRPr="00065043">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>mayusculas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00065043" w:rsidRPr="00065043">
-[...13 lines deleted...]
-      <w:r w:rsidR="00065043" w:rsidRPr="00065043">
+      <w:r w:rsidRPr="00065043">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, finalizadas sin p</w:t>
       </w:r>
-      <w:r w:rsidR="00065043">
+      <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00065043" w:rsidRPr="00065043">
+      <w:r w:rsidRPr="00065043">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>nto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08AD04E0" w14:textId="77777777" w:rsidR="00B279AB" w:rsidRPr="00065043" w:rsidRDefault="00B279AB" w:rsidP="00571F65">
+    <w:p w14:paraId="14E0EC97" w14:textId="77777777" w:rsidR="00B350CC" w:rsidRPr="00065043" w:rsidRDefault="00B350CC" w:rsidP="00B350CC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72978821" w14:textId="662FE280" w:rsidR="000A2255" w:rsidRPr="001216E9" w:rsidRDefault="00216D47" w:rsidP="00571F65">
+    <w:p w14:paraId="13E11FC5" w14:textId="77777777" w:rsidR="00B350CC" w:rsidRPr="0063306B" w:rsidRDefault="00B350CC" w:rsidP="00B350CC">
       <w:pPr>
         <w:pStyle w:val="AbstractTitle"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...4 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063306B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="166DC733" w14:textId="3424CE35" w:rsidR="005F3583" w:rsidRPr="005F3583" w:rsidRDefault="005F3583" w:rsidP="00571F65">
+    <w:p w14:paraId="3E8C83E9" w14:textId="77777777" w:rsidR="00B350CC" w:rsidRPr="005F3583" w:rsidRDefault="00B350CC" w:rsidP="00B350CC">
       <w:pPr>
         <w:pStyle w:val="AbstractGreyText"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F3583">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Objective.</w:t>
       </w:r>
       <w:r w:rsidRPr="005F3583">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> The abstract must be written in the language of the document (Portuguese, Spanish or English), body </w:t>
       </w:r>
-      <w:r w:rsidR="00BE1E08">
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="005F3583">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, with a maximum of 150 words, and with three to five keywords separated from each other with a comma and lowercase initials (except first names). The abstract should include the purpose, objectives, method, results and conclusions of the study presented. The abstract of the text sent for evaluation and the information entered in the submission metadata must be the same, as must the keywords (which must be entered individually in the corresponding field of the system in all languages). When defining keywords, avoid compound words and phrases, unless they are significant.</w:t>
       </w:r>
-      <w:r w:rsidR="00B279AB">
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B279AB">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Method. </w:t>
       </w:r>
       <w:r w:rsidRPr="005F3583">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Must be entered in three languages. Artificial intelligence translation can be used by asking it to act as a professional translator translating into the desired language. You can also use the translation site DeepL </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="004A6C53" w:rsidRPr="00C3396B">
+        <w:r w:rsidRPr="00C3396B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:iCs/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://www.deepl.com/pt-PT/translator</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005F3583">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. Indicate the use of all tools in the docum</w:t>
       </w:r>
-      <w:r w:rsidR="00B279AB">
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ent. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B279AB">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Results.</w:t>
       </w:r>
       <w:r w:rsidRPr="005F3583">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Do not use machine translation without a professional for the entire text.</w:t>
       </w:r>
-      <w:r w:rsidR="00256ABD">
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B279AB">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Conclusions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F1DC4E" w14:textId="2F35CBA0" w:rsidR="00AC16FD" w:rsidRDefault="007648EE" w:rsidP="00571F65">
+    <w:p w14:paraId="2FAD5617" w14:textId="77777777" w:rsidR="00B350CC" w:rsidRDefault="00B350CC" w:rsidP="00B350CC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A6C53">
+      <w:r w:rsidRPr="000307B4">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Palabras clave</w:t>
-[...4 lines deleted...]
-          <w:iCs/>
+        <w:t>Keywords:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000307B4">
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0025125B" w:rsidRPr="00222733">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00222733">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00222733">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00222733" w:rsidRPr="00222733">
+        <w:t>eparated by comma, without capital letters, ending without a dot</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CC7F08" w14:textId="77777777" w:rsidR="00B350CC" w:rsidRPr="00222733" w:rsidRDefault="00B350CC" w:rsidP="00B350CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>eparated by comma, without capital letters, ending without a dot</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="509F7828" w14:textId="77777777" w:rsidR="00571F65" w:rsidRPr="00222733" w:rsidRDefault="00571F65" w:rsidP="00571F65">
-[...7 lines deleted...]
-    <w:p w14:paraId="7F98075D" w14:textId="77777777" w:rsidR="00AC16FD" w:rsidRPr="0088580A" w:rsidRDefault="00CA10E0" w:rsidP="00571F65">
+    <w:p w14:paraId="6B32251A" w14:textId="77777777" w:rsidR="00B350CC" w:rsidRPr="0088580A" w:rsidRDefault="00B350CC" w:rsidP="00B350CC">
       <w:pPr>
         <w:pStyle w:val="AbstractTitle"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088580A">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Resumo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="210496FE" w14:textId="485D58D9" w:rsidR="00322070" w:rsidRPr="00322070" w:rsidRDefault="004A6C53" w:rsidP="00571F65">
+    <w:p w14:paraId="7DC6566B" w14:textId="77777777" w:rsidR="00B350CC" w:rsidRPr="00322070" w:rsidRDefault="00B350CC" w:rsidP="00B350CC">
       <w:pPr>
         <w:pStyle w:val="AbstractGreyText"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00322070">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Objetivo</w:t>
       </w:r>
       <w:r w:rsidRPr="00322070">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>. O resumo deve ser redigido no idioma do documento (espanhol</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B046F5">
+        <w:t>. O resumo deve ser redigido no idioma do documento (esp</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00322070">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
+        <w:t>anhol</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00322070">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> inglês</w:t>
       </w:r>
-      <w:r w:rsidR="00B046F5">
+      <w:r>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou português</w:t>
       </w:r>
       <w:r w:rsidRPr="00322070">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>), corpo 8, com no máximo 150 palavras, e com três a cinco palavras-chave separadas entre si com vírgula e iniciais minúsculas (exceto nomes próprios). Para a elaboração do resumo, deve-se contemplar o propósito, objetivos, método, resultados e conclusões decorrentes do estudo apresentado. O resumo do texto encaminhado para avaliação e as informações inseridas nos metadados da submissão devem ser iguais, assim como as palavras-chave (que devem ser inseridas individualmente no campo correspondente do sistema em todos os idiomas). Para definição das palavras-chave, evite palavras compostas e frases, salvo quando significativas.</w:t>
       </w:r>
-      <w:r w:rsidR="00322070">
+      <w:r>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00322070">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Método</w:t>
       </w:r>
       <w:r w:rsidRPr="00322070">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>. Deve ser inserido em tres idiomas. Pode ser usado a tradução por meior de inteligência artificial pedindo para que atue como um tradutor profissional traduzindo para o idioma desejado. Também pode ser usado o site de tradução DeepL https://www.deepl.com/pt-PT/translator. Informe o uso do de tod</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00322070">
+        <w:t xml:space="preserve">. Deve ser inserido em tres idiomas. Pode ser usado a tradução por meior de inteligência artificial pedindo para que atue como um tradutor profissional traduzindo para o idioma desejado. Também pode ser usado o site de tradução DeepL </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00E83822">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>https://www.deepl.com/pt-PT/translator</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00322070">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>. Informe o uso do de tod</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">as as ferramentas no documento. </w:t>
       </w:r>
       <w:r w:rsidRPr="00322070">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
       <w:r w:rsidRPr="00322070">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001879B8">
+      <w:r>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não usar tradução automática para todo o texto sem a revisão de um professional. </w:t>
       </w:r>
       <w:r w:rsidRPr="00322070">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Conclusiones</w:t>
       </w:r>
       <w:r w:rsidRPr="00322070">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="026BDFFD" w14:textId="48214293" w:rsidR="00AC16FD" w:rsidRPr="0088580A" w:rsidRDefault="00AC16FD" w:rsidP="00571F65">
+    <w:p w14:paraId="2A899C2B" w14:textId="77777777" w:rsidR="00B350CC" w:rsidRDefault="00B350CC" w:rsidP="00B350CC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00322070">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Palavras-chave</w:t>
       </w:r>
-      <w:r w:rsidR="0025125B" w:rsidRPr="00322070">
+      <w:r w:rsidRPr="00322070">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="0025125B">
+      <w:r>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008332B8">
+        <w:t xml:space="preserve"> separadas por virgula, sem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>se</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00065043">
+        <w:t>maíusculas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>paradas por virgula,</w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>, finalizadas sem ponto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F7C98E4" w14:textId="16FDDE4E" w:rsidR="007C68DA" w:rsidRPr="0088580A" w:rsidRDefault="004B22F6" w:rsidP="00571F65">
+    <w:p w14:paraId="7F7C98E4" w14:textId="7C38F55C" w:rsidR="007C68DA" w:rsidRPr="0088580A" w:rsidRDefault="004B22F6" w:rsidP="00B350CC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:lang w:val="pt-BR" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2510B4F5" wp14:editId="0A628DF0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>79375</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5688330" cy="12065"/>
                 <wp:effectExtent l="19050" t="19050" r="26670" b="26035"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1033844103" name="AutoShape 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
@@ -997,89 +941,81 @@
                             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:effectLst>
                                 <a:outerShdw dist="28398" dir="3806097" algn="ctr" rotWithShape="0">
                                   <a:srgbClr val="974706">
                                     <a:alpha val="50000"/>
                                   </a:srgbClr>
                                 </a:outerShdw>
                               </a:effectLst>
                             </a14:hiddenEffects>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
               <v:shape w14:anchorId="13DB224D" id="AutoShape 8" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:0;margin-top:6.25pt;width:447.9pt;height:.95pt;flip:y;z-index:251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9C88FuwIAAK0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2PmzAQvVfqf7C4s5hACIk2WWUJ9LJt&#10;V9pte3awCVbBRrYTElX97x2bhN1sL1W1HIy/5s2bmee5vTu2DTowpbkUSy+8wR5iopSUi93S+/Zc&#10;+KmHtCGCkkYKtvROTHt3q48fbvtuwSaylg1lCgGI0Iu+W3q1Md0iCHRZs5boG9kxAYeVVC0xsFS7&#10;gCrSA3rbBBOMk6CXinZKlkxr2N0Mh97K4VcVK83XqtLMoGbpATfjRuXGrR2D1S1Z7BTpal6eaZD/&#10;YNESLsDpCLUhhqC94n9BtbxUUsvK3JSyDWRV8ZK5GCCaEL+J5qkmHXOxQHJ0N6ZJvx9s+eXwqBCn&#10;UDscRWkcw89DgrRQq/XeSEcBpTZPfacXcD0Tj8pGWh7FU/cgy58aCZnVROyYu/x86sA2tBbBlYld&#10;6A68bfvPksIdAvguacdKtahqePfdGlpwSAw6uiqdxiqxo0ElbE6TNI0iKGYJZ+EEJ1PniywsjDXu&#10;lDafmGyRnSw9bRThu9pkUgjQg1SDC3J40MaSfDGwxkIWvGmcLBqB+qUXpSHGjpSWDaf21N7TarfN&#10;GoUOBJRVFOswzM40rq4puRfUodWM0Pw8N4Q3wxy8N8LiMSfWgRKsjgambh+idkL6NcfzPM3T2I8n&#10;Se7HeLPx10UW+0kRzqabaJNlm/C3JRrGi5pTyoTlehF1GP+baM7Pa5DjKOsxK8E1uksfkL1mui6m&#10;eBZHqT+bTSM/jnLs36dF5q+zMElm+X12n79hmrvo9fuQHVNpWcm9Yeqppj2i3KphkkZz6EmUQxOI&#10;Upzg+cxDpNlB9yqN8pCS5gc3tZOylZ7FuKr1fBbPcOL2SdPVZFDAFMN3EcAgDZeb0f2QqUuR7Wos&#10;0zn4l1yCKC4CcE/Ivprh/W0lPT2qy9OCnuCMzv3LNp3Xa5i/7rKrPwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAOy6FEncAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHiTLQQI1m6J&#10;IZEDJEbBHzB0h7bQnW26C63+eseTHOe9lzffy5aDa9SVulB7NjAeJaCIC29rLg187d+eFqBCRLbY&#10;eCYD3xRgmd/fZZha3/MnXXexVFLCIUUDVYxtqnUoKnIYRr4lFu/oO4dRzq7UtsNeyl2jJ0ky1w5r&#10;lg8VtrSqqDjvLs7A+xHnG/+x6bfr0+rH6VMX9+utMY8Pw+sLqEhD/A/DH76gQy5MB39hG1RjQIZE&#10;USczUOIunmcy5CDCdAo6z/Qtfv4LAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfQvPBbsC&#10;AACtBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA7LoU&#10;SdwAAAAGAQAADwAAAAAAAAAAAAAAAAAVBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AB4GAAAAAA==&#10;" strokecolor="#ffa11c" strokeweight="3pt">
                 <v:shadow color="#974706" opacity=".5" offset="1pt"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A025492" w14:textId="2FD0FC0B" w:rsidR="0004501B" w:rsidRPr="00CA10E0" w:rsidRDefault="00233F1D" w:rsidP="00571F65">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:ind w:left="426"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Introdució</w:t>
       </w:r>
       <w:r w:rsidR="0004501B" w:rsidRPr="00CA10E0">
         <w:t>n</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FEF7B8E" w14:textId="77777777" w:rsidR="001879B8" w:rsidRPr="001879B8" w:rsidRDefault="001879B8" w:rsidP="00571F65">
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="001879B8">
-        <w:t xml:space="preserve">Este modelo de artículo sigue los indicadores de </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (COPE, APA, ORCID, CROSSREF, DOAJ, CASRAI y SciELO). También se han elegido algunos formatos para que las personas con ceguera y/o baja visión que utilizan software de lectura puedan disfrutar de la fluidez del artículo, haciendo posible que todos puedan leer el texto. </w:t>
+        <w:t xml:space="preserve">Este modelo de artículo sigue los indicadores de calidad internacionales y nacionales (COPE, APA, ORCID, CROSSREF, DOAJ, CASRAI y SciELO). También se han elegido algunos formatos para que las personas con ceguera y/o baja visión que utilizan software de lectura puedan disfrutar de la fluidez del artículo, haciendo posible que todos puedan leer el texto. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E854F65" w14:textId="6163CC27" w:rsidR="0004501B" w:rsidRDefault="001879B8" w:rsidP="00571F65">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001879B8">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Redacta el artículo teniendo en cuenta las prácticas lingüísticas habituales en los textos académicos en los que se ha escrito el trabajo. Recuerda citar y referenciar todas las fuentes utilizadas para construir el texto, evitando el plagio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C9BDEA4" w14:textId="77777777" w:rsidR="001879B8" w:rsidRPr="001879B8" w:rsidRDefault="001879B8" w:rsidP="00571F65">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B43A5DD" w14:textId="02ADA817" w:rsidR="0004501B" w:rsidRPr="008A715F" w:rsidRDefault="001F2F38" w:rsidP="008A715F">
@@ -1397,62 +1333,59 @@
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Car"/>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Nivel 1</w:t>
       </w:r>
       <w:r w:rsidR="00137E11" w:rsidRPr="006245AE">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="006245AE">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">utilizar el estilo </w:t>
       </w:r>
-      <w:r w:rsidRPr="001216E9">
-[...3 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="00D27391">
+        <w:rPr>
+          <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Título 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="006245AE">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00642B49">
+        <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11118897" w14:textId="1B9466C4" w:rsidR="001F2F38" w:rsidRPr="006245AE" w:rsidRDefault="001F2F38" w:rsidP="007B5EE4">
       <w:pPr>
         <w:pStyle w:val="OrangeBulletList"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00415FA6">
         <w:rPr>
           <w:rStyle w:val="Ttulo2Car"/>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Nivel 2</w:t>
       </w:r>
       <w:r w:rsidRPr="006245AE">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>: utilizar el estilo Título 2.</w:t>
@@ -1497,100 +1430,92 @@
       </w:r>
       <w:r w:rsidRPr="006245AE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05EBF68C" w14:textId="73CC1956" w:rsidR="001F2F38" w:rsidRPr="006245AE" w:rsidRDefault="001F2F38" w:rsidP="007B5EE4">
       <w:pPr>
         <w:pStyle w:val="OrangeBulletList"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:rStyle w:val="Ttulo4Car"/>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Nivel 4</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001216E9">
+        <w:t>Nivel 4:</w:t>
+      </w:r>
+      <w:r w:rsidR="00415FA6" w:rsidRPr="001216E9">
         <w:rPr>
           <w:rStyle w:val="Ttulo4Car"/>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006245AE">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> utilizar</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> el estilo </w:t>
+        <w:t xml:space="preserve"> utilizar el estilo </w:t>
       </w:r>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Título 4</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Título </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00642B49">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00642B49">
+        <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5915078B" w14:textId="5BC3BD7A" w:rsidR="001F2F38" w:rsidRDefault="001F2F38" w:rsidP="005E4194">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F91B92">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El </w:t>
       </w:r>
       <w:r w:rsidRPr="00F91B92">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>espaciado del cuerpo del texto</w:t>
@@ -2049,63 +1974,55 @@
     </w:p>
     <w:p w14:paraId="5DC666A8" w14:textId="764F9055" w:rsidR="00D62A8F" w:rsidRDefault="001F2F38" w:rsidP="005E4194">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F91B92">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Si estos elementos tienen solo una función estética y no afectan la transmisión de la información, pueden utilizarse.</w:t>
       </w:r>
       <w:r w:rsidR="00197114">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> También pueden usar como referencia </w:t>
       </w:r>
       <w:r w:rsidR="001F1A2D">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">la numeración </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009449FA">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>o</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> orden </w:t>
+        <w:t xml:space="preserve">o orden </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009449FA">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">alfabética </w:t>
       </w:r>
       <w:r w:rsidR="001F1A2D">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001F1A2D">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>), b), c)…)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57FDFFF7" w14:textId="5F1C5A70" w:rsidR="001F2F38" w:rsidRPr="009C3010" w:rsidRDefault="001F2F38" w:rsidP="005E4194">
       <w:pPr>
         <w:rPr>
@@ -2264,62 +2181,50 @@
         </w:rPr>
         <w:t>Editorial 3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AB8FBEA" w14:textId="77777777" w:rsidR="001F2F38" w:rsidRDefault="001F2F38" w:rsidP="00F81673">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D62A8F">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Editorial 4</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="05A5229E" w14:textId="3B2887CC" w:rsidR="001F2F38" w:rsidRPr="00F91B92" w:rsidRDefault="001F2F38" w:rsidP="001F2F38">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B2DBC60" w14:textId="33E62506" w:rsidR="001F2F38" w:rsidRPr="008A715F" w:rsidRDefault="001F2F38" w:rsidP="008A715F">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
       </w:pPr>
       <w:r w:rsidRPr="008A715F">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Configuración del </w:t>
       </w:r>
       <w:r w:rsidR="00D62A8F">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
@@ -3021,51 +2926,50 @@
         </w:rPr>
         <w:t>Las figuras deben ser de alta calidad y resolución</w:t>
       </w:r>
       <w:r w:rsidRPr="003D1862">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> para garantizar la identificación clara de la información.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="756B3AA5" w14:textId="0E2D2602" w:rsidR="001F2F38" w:rsidRPr="003D1862" w:rsidRDefault="000E6DE6" w:rsidP="003A2C31">
       <w:pPr>
         <w:pStyle w:val="OrangeBulletList"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D1862">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Las tablas y figuras deben ir acompañadas de notas explicativas y/o descriptivas.</w:t>
       </w:r>
       <w:r w:rsidR="0004393F" w:rsidRPr="003D1862">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> El autor también puede indicar la fuente</w:t>
       </w:r>
       <w:r w:rsidR="0004393F" w:rsidRPr="003648CC">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>. Para las notas, utilice el estilo Leyenda de la galería de estilos, pero con itálica para la nomenclatura Nota.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DED819A" w14:textId="77777777" w:rsidR="00BF6ED8" w:rsidRPr="001216E9" w:rsidRDefault="00BF6ED8" w:rsidP="000E6DE6">
       <w:pPr>
         <w:pStyle w:val="OrangeBulletList"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
@@ -3137,61 +3041,59 @@
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F91B92">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Para garantizar la accesibilidad a </w:t>
       </w:r>
       <w:r w:rsidRPr="00F91B92">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>personas ciegas o con baja visión</w:t>
       </w:r>
       <w:r w:rsidRPr="00F91B92">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, la revista </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00687828">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Biblios</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F91B92">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> resalta la necesidad de proporcionar contexto para que los lectores de pantalla puedan interpretar correctamente el contenido.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4270169B" w14:textId="77777777" w:rsidR="00B04416" w:rsidRPr="00B04416" w:rsidRDefault="00B04416" w:rsidP="00B04416">
       <w:pPr>
         <w:pStyle w:val="Ttulo3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A71D087" w14:textId="39BAE666" w:rsidR="001F2F38" w:rsidRPr="00F91B92" w:rsidRDefault="001F2F38" w:rsidP="008A715F">
       <w:pPr>
         <w:pStyle w:val="Ttulo3"/>
@@ -3779,575 +3681,597 @@
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Estándar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81673" w:rsidRPr="00F91B92" w14:paraId="73E6E6D7" w14:textId="77777777" w:rsidTr="00450BCF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFA11C"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="710787E2" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00F81673" w:rsidRDefault="00F81673" w:rsidP="00190D33">
+          <w:p w14:paraId="710787E2" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00F81673" w:rsidRDefault="00F81673" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81673">
               <w:t>Tamaño del papel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFA11C"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48F4D6F2" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00B04416" w:rsidRDefault="00F81673" w:rsidP="00B77896">
+          <w:p w14:paraId="48F4D6F2" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00B04416" w:rsidRDefault="00F81673" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B04416">
               <w:t>A4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81673" w:rsidRPr="00F91B92" w14:paraId="09956C33" w14:textId="77777777" w:rsidTr="00B77896">
         <w:trPr>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C32B9A4" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00F81673" w:rsidRDefault="00F81673" w:rsidP="00190D33">
+          <w:p w14:paraId="7C32B9A4" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00F81673" w:rsidRDefault="00F81673" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81673">
               <w:t>Extensión del artículo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4108CC61" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00B04416" w:rsidRDefault="00F81673" w:rsidP="00B77896">
+          <w:p w14:paraId="4108CC61" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00B04416" w:rsidRDefault="00F81673" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B04416">
               <w:t>Hasta 10.000 palabras</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81673" w:rsidRPr="00F91B92" w14:paraId="3FBD63E5" w14:textId="77777777" w:rsidTr="00B77896">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44649487" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00F81673" w:rsidRDefault="00F81673" w:rsidP="00190D33">
+          <w:p w14:paraId="44649487" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00F81673" w:rsidRDefault="00F81673" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81673">
               <w:t>Fuente del cuerpo del texto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61A2DB21" w14:textId="32352946" w:rsidR="00F81673" w:rsidRPr="00B04416" w:rsidRDefault="00F81673" w:rsidP="00B77896">
+          <w:p w14:paraId="61A2DB21" w14:textId="32352946" w:rsidR="00F81673" w:rsidRPr="00B04416" w:rsidRDefault="00F81673" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B04416">
               <w:t xml:space="preserve">Arial </w:t>
             </w:r>
             <w:r>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81673" w:rsidRPr="00F91B92" w14:paraId="5FA38A46" w14:textId="77777777" w:rsidTr="00B77896">
         <w:trPr>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FAE190A" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00F81673" w:rsidRDefault="00F81673" w:rsidP="00190D33">
+          <w:p w14:paraId="5FAE190A" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00F81673" w:rsidRDefault="00F81673" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81673">
               <w:t>Fuente de ilustraciones y tablas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35036E19" w14:textId="1BEA9702" w:rsidR="00F81673" w:rsidRPr="00B04416" w:rsidRDefault="00F81673" w:rsidP="00B77896">
+          <w:p w14:paraId="35036E19" w14:textId="1BEA9702" w:rsidR="00F81673" w:rsidRPr="00B04416" w:rsidRDefault="00F81673" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B04416">
               <w:t xml:space="preserve">Arial </w:t>
             </w:r>
             <w:r>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81673" w:rsidRPr="00F91B92" w14:paraId="0C0FF9A4" w14:textId="77777777" w:rsidTr="00B77896">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FFC8D6D" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00F81673" w:rsidRDefault="00F81673" w:rsidP="00190D33">
+          <w:p w14:paraId="1FFC8D6D" w14:textId="77777777" w:rsidR="00F81673" w:rsidRPr="00F81673" w:rsidRDefault="00F81673" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81673">
               <w:t>Fuente de notas al pie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36CA5AF3" w14:textId="61CDD26F" w:rsidR="00F81673" w:rsidRPr="00B04416" w:rsidRDefault="00F81673" w:rsidP="00B77896">
+          <w:p w14:paraId="36CA5AF3" w14:textId="61CDD26F" w:rsidR="00F81673" w:rsidRPr="00B04416" w:rsidRDefault="00F81673" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B04416">
               <w:t xml:space="preserve">Arial </w:t>
             </w:r>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006B61EB" w:rsidRPr="00F91B92" w14:paraId="13A70EFE" w14:textId="77777777" w:rsidTr="00B77896">
         <w:trPr>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="570D94C5" w14:textId="47BE13B7" w:rsidR="006B61EB" w:rsidRPr="00F81673" w:rsidRDefault="006B61EB" w:rsidP="006B61EB">
+          <w:p w14:paraId="570D94C5" w14:textId="47BE13B7" w:rsidR="006B61EB" w:rsidRPr="00F81673" w:rsidRDefault="006B61EB" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81673">
               <w:t xml:space="preserve">Espaciado </w:t>
             </w:r>
             <w:r>
               <w:t>antes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F113EE8" w14:textId="620738B5" w:rsidR="006B61EB" w:rsidRPr="00B04416" w:rsidRDefault="006B61EB" w:rsidP="00B77896">
+          <w:p w14:paraId="3F113EE8" w14:textId="620738B5" w:rsidR="006B61EB" w:rsidRPr="00B04416" w:rsidRDefault="006B61EB" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>0 punto</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006B61EB" w:rsidRPr="00F91B92" w14:paraId="62518356" w14:textId="77777777" w:rsidTr="00B77896">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A4E39FE" w14:textId="4A1760CE" w:rsidR="006B61EB" w:rsidRPr="00F81673" w:rsidRDefault="006B61EB" w:rsidP="006B61EB">
+          <w:p w14:paraId="0A4E39FE" w14:textId="4A1760CE" w:rsidR="006B61EB" w:rsidRPr="00F81673" w:rsidRDefault="006B61EB" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Espaciado después</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76136D35" w14:textId="7DE98BA2" w:rsidR="006B61EB" w:rsidRPr="00B04416" w:rsidRDefault="006B61EB" w:rsidP="00B77896">
+          <w:p w14:paraId="76136D35" w14:textId="7DE98BA2" w:rsidR="006B61EB" w:rsidRPr="00B04416" w:rsidRDefault="006B61EB" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>6 puntos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006B61EB" w:rsidRPr="00F91B92" w14:paraId="688133B7" w14:textId="77777777" w:rsidTr="00B77896">
         <w:trPr>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BE8C87E" w14:textId="77777777" w:rsidR="006B61EB" w:rsidRPr="00F81673" w:rsidRDefault="006B61EB" w:rsidP="006B61EB">
+          <w:p w14:paraId="5BE8C87E" w14:textId="77777777" w:rsidR="006B61EB" w:rsidRPr="00F81673" w:rsidRDefault="006B61EB" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81673">
               <w:t>Espaciado entre líneas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C60614B" w14:textId="1731823A" w:rsidR="006B61EB" w:rsidRPr="00B04416" w:rsidRDefault="006B61EB" w:rsidP="00B77896">
+          <w:p w14:paraId="0C60614B" w14:textId="1731823A" w:rsidR="006B61EB" w:rsidRPr="00B04416" w:rsidRDefault="006B61EB" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Mínimo de 13 puntos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006B61EB" w:rsidRPr="00F91B92" w14:paraId="2FBFB870" w14:textId="77777777" w:rsidTr="00B77896">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FA9D988" w14:textId="77777777" w:rsidR="006B61EB" w:rsidRPr="00F81673" w:rsidRDefault="006B61EB" w:rsidP="006B61EB">
+          <w:p w14:paraId="3FA9D988" w14:textId="77777777" w:rsidR="006B61EB" w:rsidRPr="00F81673" w:rsidRDefault="006B61EB" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81673">
               <w:t>Sangría de párrafo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="720B1F61" w14:textId="16D02252" w:rsidR="006B61EB" w:rsidRPr="00B04416" w:rsidRDefault="006B61EB" w:rsidP="00B77896">
+          <w:p w14:paraId="720B1F61" w14:textId="16D02252" w:rsidR="006B61EB" w:rsidRPr="00B04416" w:rsidRDefault="006B61EB" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B04416">
               <w:t>1,2</w:t>
             </w:r>
             <w:r>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00B04416">
               <w:t xml:space="preserve"> cm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00371EC8" w:rsidRPr="00F91B92" w14:paraId="0D6A5BE6" w14:textId="77777777" w:rsidTr="00B77896">
         <w:trPr>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73A8DD7E" w14:textId="0B61EA28" w:rsidR="00371EC8" w:rsidRPr="00F81673" w:rsidRDefault="00371EC8" w:rsidP="00371EC8">
+          <w:p w14:paraId="73A8DD7E" w14:textId="0B61EA28" w:rsidR="00371EC8" w:rsidRPr="00F81673" w:rsidRDefault="00371EC8" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Color de la fuente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="304620F0" w14:textId="4660C012" w:rsidR="00371EC8" w:rsidRPr="00B04416" w:rsidRDefault="00371EC8" w:rsidP="00B77896">
+          <w:p w14:paraId="304620F0" w14:textId="4660C012" w:rsidR="00371EC8" w:rsidRPr="00B04416" w:rsidRDefault="00371EC8" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00E61F87">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>gris (#404040)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D456D" w:rsidRPr="00F91B92" w14:paraId="6066EAA2" w14:textId="77777777" w:rsidTr="00450BCF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CB396BD" w14:textId="6142E7FF" w:rsidR="004D456D" w:rsidRDefault="004D456D" w:rsidP="004D456D">
+          <w:p w14:paraId="5CB396BD" w14:textId="6142E7FF" w:rsidR="004D456D" w:rsidRDefault="004D456D" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Color de la fuente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70AAB822" w14:textId="5ECB188C" w:rsidR="004D456D" w:rsidRPr="00E61F87" w:rsidRDefault="004D456D" w:rsidP="00B77896">
+          <w:p w14:paraId="70AAB822" w14:textId="5ECB188C" w:rsidR="004D456D" w:rsidRPr="00E61F87" w:rsidRDefault="004D456D" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="007125A5">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
@@ -4365,74 +4289,76 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D456D" w:rsidRPr="00F91B92" w14:paraId="75000644" w14:textId="77777777" w:rsidTr="00450BCF">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFA11C"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25B7DC8C" w14:textId="08B54D95" w:rsidR="004D456D" w:rsidRPr="00F81673" w:rsidRDefault="004D456D" w:rsidP="004D456D">
+          <w:p w14:paraId="25B7DC8C" w14:textId="08B54D95" w:rsidR="004D456D" w:rsidRPr="00F81673" w:rsidRDefault="004D456D" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490D2A">
               <w:t>Color de la tabla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFA11C"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19949AB6" w14:textId="2E6DF4D8" w:rsidR="004D456D" w:rsidRPr="00B04416" w:rsidRDefault="004D456D" w:rsidP="00B77896">
+          <w:p w14:paraId="19949AB6" w14:textId="2E6DF4D8" w:rsidR="004D456D" w:rsidRPr="00B04416" w:rsidRDefault="004D456D" w:rsidP="00E16612">
             <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>naranja (</w:t>
             </w:r>
             <w:r w:rsidRPr="00490D2A">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>#E97132</w:t>
             </w:r>
@@ -4479,94 +4405,95 @@
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0004393F" w:rsidRPr="00C71FB0">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuente: </w:t>
       </w:r>
       <w:r w:rsidR="00371EC8" w:rsidRPr="00C71FB0">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve">Revista </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Revista Biblios.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="234D8D4E" w14:textId="4799D231" w:rsidR="003648CC" w:rsidRDefault="003648CC" w:rsidP="003648CC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve">Evitar al máximo que las tablas y cuadros estén divididos entre las páginas, mejor ajustar en contenido del texto para un mejor posicionamiento. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7132A0A1" w14:textId="77777777" w:rsidR="003648CC" w:rsidRDefault="003648CC" w:rsidP="003648CC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E4942A4" w14:textId="77777777" w:rsidR="003648CC" w:rsidRPr="003648CC" w:rsidRDefault="003648CC" w:rsidP="003648CC">
+    <w:p w14:paraId="3E4942A4" w14:textId="1BA40397" w:rsidR="003648CC" w:rsidRDefault="003648CC" w:rsidP="003648CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E2A6C74" w14:textId="3C8F8B9D" w:rsidR="00694AC1" w:rsidRDefault="00694AC1" w:rsidP="003648CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69EBC80B" w14:textId="15664F2D" w:rsidR="00694AC1" w:rsidRDefault="00694AC1" w:rsidP="003648CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10F82A85" w14:textId="77777777" w:rsidR="00694AC1" w:rsidRPr="003648CC" w:rsidRDefault="00694AC1" w:rsidP="003648CC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="523A5380" w14:textId="7EE466D3" w:rsidR="00430BC8" w:rsidRPr="00F91B92" w:rsidRDefault="00430BC8" w:rsidP="00430BC8">
       <w:pPr>
         <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00F91B92">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Para </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
@@ -4726,167 +4653,124 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Contenido textual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6587" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1667C982" w14:textId="6D0C5F44" w:rsidR="00B77896" w:rsidRPr="00C56C1E" w:rsidRDefault="00693004" w:rsidP="00BD4FF4">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">No hay datos estadísticos o </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> numérica</w:t>
+              <w:t>No hay datos estadísticos o presenciación numérica</w:t>
             </w:r>
             <w:r w:rsidR="00BD4FF4">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00BD4FF4" w:rsidRPr="00C56C1E">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Usar para organizar, catalogar o describir contenidos. </w:t>
             </w:r>
             <w:r w:rsidR="00C56C1E" w:rsidRPr="00C56C1E">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Intentar usar dodo el margen de la</w:t>
             </w:r>
             <w:r w:rsidR="00C56C1E">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> pagina. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D4014CD" w14:textId="77777777" w:rsidR="003648CC" w:rsidRDefault="003648CC" w:rsidP="003648CC">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C71FB0">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>Nota.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C71FB0">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C71FB0">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FFA11C"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fuente: Revista </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Fuente: Revista Biblios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E5CB8A3" w14:textId="77777777" w:rsidR="00B77896" w:rsidRPr="00C56C1E" w:rsidRDefault="00B77896" w:rsidP="00B04416">
-      <w:pPr>
+    <w:p w14:paraId="3E5CB8A3" w14:textId="77777777" w:rsidR="00B77896" w:rsidRPr="00C56C1E" w:rsidRDefault="00B77896" w:rsidP="00694AC1">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AA8AA5C" w14:textId="5225995E" w:rsidR="001F2F38" w:rsidRPr="00F91B92" w:rsidRDefault="001F2F38" w:rsidP="008A715F">
       <w:pPr>
         <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00F91B92">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Para figuras</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="139C71C7" w14:textId="77777777" w:rsidR="001F2F38" w:rsidRPr="00F91B92" w:rsidRDefault="001F2F38" w:rsidP="00B04416">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -5028,57 +4912,58 @@
       <w:r w:rsidRPr="00274BF7">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternativamente, puede incluir una descripción </w:t>
       </w:r>
       <w:r w:rsidRPr="00274BF7">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>debajo de la figura</w:t>
       </w:r>
       <w:r w:rsidR="00274BF7">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009611AB" w14:textId="77777777" w:rsidR="00BE1E08" w:rsidRDefault="00BE1E08" w:rsidP="00274BF7">
+    <w:p w14:paraId="009611AB" w14:textId="77777777" w:rsidR="00BE1E08" w:rsidRDefault="00BE1E08" w:rsidP="00694AC1">
       <w:pPr>
         <w:pStyle w:val="OrangeBulletList"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E4E9937" w14:textId="6C5128C5" w:rsidR="001F2F38" w:rsidRPr="001216E9" w:rsidRDefault="00274BF7" w:rsidP="00274BF7">
       <w:pPr>
         <w:pStyle w:val="OrangeBulletList"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00274BF7">
         <w:rPr>
           <w:b/>
@@ -5191,51 +5076,51 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0AF7584C" wp14:editId="29BC833D">
             <wp:extent cx="5648325" cy="830745"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
             <wp:docPr id="1090657712" name="Picture 25" descr="Figura rectangular horizontal con fondo degradado de izquierda a derecha, que va del beige al naranja, con círculos naranjas que aumentan de tamaño de izquierda a derecha. En el lado izquierdo, la palabra Biblios está escrita en azul oscuro. Debajo de la palabra, en un tipo de letra más pequeño y de color naranja, figura el texto ISSN 1562-4730 (online)."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1090657712" name="Picture 25" descr="Figura rectangular horizontal con fondo degradado de izquierda a derecha, que va del beige al naranja, con círculos naranjas que aumentan de tamaño de izquierda a derecha. En el lado izquierdo, la palabra Biblios está escrita en azul oscuro. Debajo de la palabra, en un tipo de letra más pequeño y de color naranja, figura el texto ISSN 1562-4730 (online)."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5680695" cy="835506"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -5257,140 +5142,111 @@
       <w:r w:rsidR="000F70B1" w:rsidRPr="007F4254">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFA11C"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="007F4254">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFA11C"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00274BF7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00274BF7" w:rsidRPr="00A0213B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fuente: Revista </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Fuente: Revista Biblios</w:t>
+      </w:r>
       <w:r w:rsidR="0004501B" w:rsidRPr="00A0213B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA0A11" w:rsidRPr="00A0213B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA0A11" w:rsidRPr="00A0213B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t>[Descripción de la imagen]</w:t>
       </w:r>
       <w:r w:rsidR="00CA0A11" w:rsidRPr="00A0213B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00274BF7" w:rsidRPr="00A0213B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
-        <w:t xml:space="preserve">Figura rectangular horizontal con fondo degradado de izquierda a derecha, que va del beige al naranja, con círculos naranjas que aumentan de tamaño de izquierda a derecha. En el lado izquierdo, la palabra </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> está escrita en azul oscuro. Debajo de la palabra, en un tipo de letra más pequeño y de color naranja, figura el texto ISSN 1562-4730 (online). </w:t>
+        <w:t xml:space="preserve">Figura rectangular horizontal con fondo degradado de izquierda a derecha, que va del beige al naranja, con círculos naranjas que aumentan de tamaño de izquierda a derecha. En el lado izquierdo, la palabra Biblios está escrita en azul oscuro. Debajo de la palabra, en un tipo de letra más pequeño y de color naranja, figura el texto ISSN 1562-4730 (online). </w:t>
       </w:r>
       <w:r w:rsidR="00CA0A11" w:rsidRPr="00A0213B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>[Fin de la descripción].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="119E0D1C" w14:textId="77777777" w:rsidR="00A924D7" w:rsidRDefault="00A924D7" w:rsidP="00A924D7">
-      <w:pPr>
+    <w:p w14:paraId="119E0D1C" w14:textId="77777777" w:rsidR="00A924D7" w:rsidRDefault="00A924D7" w:rsidP="00694AC1">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DE4398" w14:textId="593F7679" w:rsidR="00B23218" w:rsidRPr="00B23218" w:rsidRDefault="00B23218" w:rsidP="00B23218">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B23218">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Citas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CACF6AE" w14:textId="77777777" w:rsidR="00B23218" w:rsidRPr="001216E9" w:rsidRDefault="00B23218" w:rsidP="00B23218">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
@@ -5402,76 +5258,60 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="12805A0A" w14:textId="77777777" w:rsidR="00B23218" w:rsidRPr="001216E9" w:rsidRDefault="00B23218" w:rsidP="00B23218">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Todas las obras citadas deben ser referenciadas y todas las obras de la lista de referencias deben ser citadas en el cuerpo del texto, indicando la correcta correspondencia entre las partes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D8E152B" w14:textId="77777777" w:rsidR="00B23218" w:rsidRPr="001216E9" w:rsidRDefault="00B23218" w:rsidP="00B23218">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">La norma utilizada por las normas APA es autor-fecha, incluyendo el apellido del autor y la fecha de publicación en el cuerpo del texto, con identificación de la página cuando proceda. No utilice indicaciones de la fuente en las notas a pie de página ni en las notas finales. Las normas APA no prevén el uso de los términos apud, </w:t>
+        <w:t xml:space="preserve">La norma utilizada por las normas APA es autor-fecha, incluyendo el apellido del autor y la fecha de publicación en el cuerpo del texto, con identificación de la página cuando proceda. No utilice indicaciones de la fuente en las notas a pie de página ni en las notas finales. Las normas APA no prevén el uso de los términos apud, op. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>op</w:t>
+        <w:t>cit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001216E9">
-[...14 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, id., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ibid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>. y otros, por lo que no deben aparecer en los artículos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="610AE99A" w14:textId="6ECEE5F0" w:rsidR="00B23218" w:rsidRPr="00B23218" w:rsidRDefault="00B23218" w:rsidP="00B23218">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -5484,57 +5324,52 @@
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ejemplos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B23218">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34AC70A4" w14:textId="4B98E8E4" w:rsidR="00B23218" w:rsidRDefault="00B23218" w:rsidP="0082243B">
       <w:pPr>
         <w:pStyle w:val="OrangeBulletList"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B23218">
-        <w:t>Un</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Un </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B23218">
         <w:t>autor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B23218">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B23218">
         <w:t>Netto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B23218">
         <w:t xml:space="preserve"> (2001)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
@@ -5575,65 +5410,51 @@
         <w:t xml:space="preserve">Dos autores: </w:t>
       </w:r>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
         <w:t>Motta-Júnior y Lombardi (2002).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A584260" w14:textId="56CBC35F" w:rsidR="00B23218" w:rsidRPr="00B23218" w:rsidRDefault="00B23218" w:rsidP="00B23218">
       <w:pPr>
         <w:ind w:left="3240" w:firstLine="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00B23218">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>(Motta-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> &amp; Lombardi, 2002).</w:t>
+        <w:t>(Motta-Júnior &amp; Lombardi, 2002).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34E70E5E" w14:textId="47C557A8" w:rsidR="00B23218" w:rsidRPr="00B23218" w:rsidRDefault="00B23218" w:rsidP="00B23218">
       <w:pPr>
         <w:pStyle w:val="OrangeBulletList"/>
       </w:pPr>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Tres o más autores:</w:t>
       </w:r>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Villani</w:t>
       </w:r>
@@ -5704,67 +5525,59 @@
         </w:rPr>
         <w:t>Ejemplo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00324E88">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="pt-BR" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A3EA336" w14:textId="77777777" w:rsidR="00334572" w:rsidRPr="00324E88" w:rsidRDefault="00334572" w:rsidP="00334572">
       <w:pPr>
         <w:pStyle w:val="OrangeBulletList"/>
         <w:rPr>
           <w:lang w:val="pt-BR" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="pt-BR" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">José de </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>José de Oliveira:</w:t>
+      </w:r>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="pt-BR" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
-        <w:t>Oliveira:</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="pt-BR" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Correcto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="pt-BR" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="pt-BR" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Oliveira</w:t>
       </w:r>
       <w:r w:rsidRPr="00324E88">
         <w:rPr>
           <w:lang w:val="pt-BR" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
         <w:t>, J.</w:t>
       </w:r>
@@ -6075,163 +5888,104 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B23218">
         <w:t>MEC (2012)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F84EA09" w14:textId="545ECD39" w:rsidR="00B23218" w:rsidRDefault="00B23218" w:rsidP="00B23218">
       <w:pPr>
         <w:pStyle w:val="OrangeBulletList"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="2880" w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00B23218">
         <w:t>(MEC, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F39CF5" w14:textId="77777777" w:rsidR="00F01A18" w:rsidRDefault="00F01A18" w:rsidP="00F01A18">
       <w:r>
-        <w:t>Cuando haya más de una obra del mismo autor y en el mismo año, añada letras minúsculas, como en el ejemplo: (</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> et al., 1993). Para autores con el mismo apellido: (P. Freire, 1996; C. Freire, 1996).</w:t>
+        <w:t>Cuando haya más de una obra del mismo autor y en el mismo año, añada letras minúsculas, como en el ejemplo: (Davidson, 2000a, 2000b). Cuando haya más de una cita dentro del mismo paréntesis, se colocarán en orden alfabético por el apellido del primer autor (orden de la lista de referencias) y separadas entre sí por punto y coma: (Detoni et al., 2000; Girard, 1984; Grovum, 1988; Steindel et al., 1993). Para autores con el mismo apellido: (P. Freire, 1996; C. Freire, 1996).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E1EA2EE" w14:textId="0DD93906" w:rsidR="00F01A18" w:rsidRDefault="00F01A18" w:rsidP="00F01A18">
       <w:r>
-        <w:t xml:space="preserve">Una cita indirecta es una paráfrasis, basada en la idea u opinión de un autor en una obra que se ha consultado. No requiere ningún formato especial y normalmente debe incorporarse al cuerpo del texto. Indique la fuente en la que se basa la cita indirecta, indicando el autor y el año. No es necesario indicar el número de página. Por ejemplo: Según </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (2007), nuestras observaciones se guían por los conocimientos que ya tenemos.</w:t>
+        <w:t>Una cita indirecta es una paráfrasis, basada en la idea u opinión de un autor en una obra que se ha consultado. No requiere ningún formato especial y normalmente debe incorporarse al cuerpo del texto. Indique la fuente en la que se basa la cita indirecta, indicando el autor y el año. No es necesario indicar el número de página. Por ejemplo: Según Moraes (2007), nuestras observaciones se guían por los conocimientos que ya tenemos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D53D1D7" w14:textId="544DB01C" w:rsidR="00F01A18" w:rsidRDefault="00F01A18" w:rsidP="00F01A18">
       <w:r>
         <w:t>Las citas directas son aquellas en las que se ha copiado textualmente el contenido de otra obra. Las citas directas de menos de 40 palabras deben insertarse normalmente en el texto entre comillas dobles. Cuando las citas directas son de 40 palabras o más, deben separarse del texto, sangrar</w:t>
       </w:r>
       <w:r w:rsidR="00FF3AC9">
         <w:t>se 1,27cm del margen izquierdo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> y sin comillas. Utilice el estilo Cita para normalizar el formato. Las citas directas deben indicar la página de la que se ha extraído la información.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF5C08F" w14:textId="77777777" w:rsidR="00F01A18" w:rsidRDefault="00F01A18" w:rsidP="00F01A18"/>
     <w:p w14:paraId="71CDA706" w14:textId="1891D2E1" w:rsidR="00F01A18" w:rsidRPr="00F01A18" w:rsidRDefault="00F01A18" w:rsidP="00F01A18">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F01A18">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Ejemplo: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D6B2A83" w14:textId="45126550" w:rsidR="00F01A18" w:rsidRDefault="00F01A18" w:rsidP="00FF3AC9">
       <w:pPr>
         <w:pStyle w:val="Cita"/>
         <w:ind w:right="-45"/>
       </w:pPr>
       <w:r>
-        <w:t>Ejemplo de cita directa de más de 40 palabras. Ejemplo de cita directa de más de 40 palabras. Ejemplo de cita directa de más de 40 palabras. Ejemplo de cita directa de más de 40 palabras. Ejemplo de cita directa de más de 40 palabras. (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Ejemplo de cita directa de más de 40 palabras. Ejemplo de cita directa de más de 40 palabras. Ejemplo de cita directa de más de 40 palabras. Ejemplo de cita directa de más de 40 palabras. Ejemplo de cita directa de más de 40 palabras. (Moraes, 2007, p. 197)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A8E6A6" w14:textId="23668324" w:rsidR="00F01A18" w:rsidRDefault="00F01A18" w:rsidP="00F01A18">
       <w:r>
-        <w:t>Moraes</w:t>
-[...16 lines deleted...]
-        <w:t>, 2020, p. 102).</w:t>
+        <w:t>Si el pasaje original ocupa más de una página: (Freire, 1996, pp. 87-88). Evite utilizar una cita de una cita. Si es imprescindible, siga el ejemplo: (Freire, 1996, citado en Delizoicov, 2020, p. 102).</w:t>
+      </w:r>
+      <w:r w:rsidR="00D27391">
+        <w:t xml:space="preserve"> Evite usar citas co</w:t>
+      </w:r>
+      <w:r w:rsidR="000661BD">
+        <w:t>n más de 3 lineas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10161DCB" w14:textId="7FA540A6" w:rsidR="00F01A18" w:rsidRDefault="00F01A18" w:rsidP="00F01A18">
       <w:r>
         <w:t>En la lista de referencias sólo deben aparecer las fuentes citadas en el texto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A77EDE8" w14:textId="77777777" w:rsidR="00324E88" w:rsidRPr="00324E88" w:rsidRDefault="00324E88" w:rsidP="00324E88">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C1B7095" w14:textId="0BDC3BDC" w:rsidR="000F5390" w:rsidRDefault="000F5390" w:rsidP="008A715F">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
@@ -6413,124 +6167,117 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilice el estilo Referencias </w:t>
       </w:r>
       <w:r w:rsidR="001A5833" w:rsidRPr="00F91B92">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">de la galería de estilos para la </w:t>
       </w:r>
       <w:r w:rsidR="001A5833" w:rsidRPr="00E61F87">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>normalización</w:t>
       </w:r>
       <w:r w:rsidR="001A5833" w:rsidRPr="00F91B92">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3888A87A" w14:textId="180CA992" w:rsidR="00D6099E" w:rsidRDefault="00D6099E" w:rsidP="00D6099E">
-      <w:pPr>
+    <w:p w14:paraId="3888A87A" w14:textId="180CA992" w:rsidR="00D6099E" w:rsidRDefault="00D6099E" w:rsidP="00694AC1">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E69A1D7" w14:textId="6096FA7A" w:rsidR="00D6099E" w:rsidRPr="00447900" w:rsidRDefault="00447900" w:rsidP="00D6099E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00447900">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Ejemplo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6863A0D6" w14:textId="23DEB976" w:rsidR="00447900" w:rsidRDefault="00447900" w:rsidP="00447900">
       <w:pPr>
         <w:pStyle w:val="Referncias"/>
         <w:rPr>
           <w:lang w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001216E9">
         <w:rPr>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autor 1, Autor 2, Autor 3, Autor 4, Autor 5, Autor 6, Autor 7, Autor 8, Autor 9, Autor 10, Autor 11, Autor 12, Autor 13, Autor 14, Autor 15, Autor 16, Autor 17, Autor 18, Autor 19, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001216E9">
+        <w:t xml:space="preserve">Autor 1, Autor 2, Autor 3, Autor 4, Autor 5, Autor 6, Autor 7, Autor 8, Autor 9, Autor 10, Autor 11, Autor 12, Autor 13, Autor 14, Autor 15, Autor 16, Autor 17, Autor 18, Autor 19, . . . </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00642B49">
         <w:rPr>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
-        <w:t>. . .</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Autor 20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autor 20. (2025). Título: </w:t>
+        <w:t xml:space="preserve">(2025). Título: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
         <w:t>Subtítulo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Editorial. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:eastAsia="es-ES" w:bidi="en-US"/>
           </w:rPr>
           <w:t>http://doi.org/xyzxyzxyz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B8ED8E" w14:textId="77777777" w:rsidR="00324E88" w:rsidRDefault="00324E88" w:rsidP="00D6099E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66243930" w14:textId="777E5F84" w:rsidR="007934ED" w:rsidRPr="008A715F" w:rsidRDefault="00824A50" w:rsidP="008A715F">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
@@ -6556,114 +6303,98 @@
           <w:rStyle w:val="nfasis"/>
         </w:rPr>
         <w:t>Foundations of geophysics</w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C14052">
         <w:t>Cambridge University Press.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67EAF763" w14:textId="77777777" w:rsidR="007934ED" w:rsidRPr="005120D3" w:rsidRDefault="007934ED" w:rsidP="00D06714">
       <w:pPr>
         <w:pStyle w:val="Referncias"/>
       </w:pPr>
       <w:r w:rsidRPr="007934ED">
         <w:t xml:space="preserve">Clarke, F. W. (1924). </w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
         </w:rPr>
         <w:t>The data of geochemistry</w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
-        <w:t xml:space="preserve"> (5th </w:t>
-[...9 lines deleted...]
-      <w:hyperlink r:id="rId12" w:tgtFrame="_new" w:history="1">
+        <w:t xml:space="preserve"> (5th ed.). United States Geological Survey, Washington Government Printing Office. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://pubs.usgs.gov/bul/0770/report.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3C217B24" w14:textId="77777777" w:rsidR="007934ED" w:rsidRPr="006C6B5A" w:rsidRDefault="007934ED" w:rsidP="00D06714">
       <w:pPr>
         <w:pStyle w:val="Referncias"/>
       </w:pPr>
       <w:r w:rsidRPr="007934ED">
         <w:t xml:space="preserve">Fetter, C. W. (1994). </w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
         </w:rPr>
         <w:t>Applied hydrogeology</w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
-        <w:t xml:space="preserve"> (3rd </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">.). </w:t>
+        <w:t xml:space="preserve"> (3rd ed.). </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6B5A">
         <w:t>Prentice Hall.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D0B8DE7" w14:textId="77777777" w:rsidR="007934ED" w:rsidRPr="007934ED" w:rsidRDefault="007934ED" w:rsidP="00D06714">
       <w:pPr>
         <w:pStyle w:val="Referncias"/>
       </w:pPr>
       <w:r w:rsidRPr="007934ED">
         <w:t xml:space="preserve">Gould, S. J. (2002). </w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
         </w:rPr>
         <w:t>The structure of evolutionary theory</w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:t xml:space="preserve">. Belknap Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId14" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://archive.org/details/TheStructureOfEvolutionaryTheory</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0E1A8137" w14:textId="77777777" w:rsidR="007934ED" w:rsidRPr="007934ED" w:rsidRDefault="007934ED" w:rsidP="00D06714">
       <w:pPr>
         <w:pStyle w:val="Referncias"/>
       </w:pPr>
       <w:r w:rsidRPr="007934ED">
         <w:t xml:space="preserve">Keller, E. A., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007934ED">
         <w:t>Devecchio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007934ED">
         <w:t xml:space="preserve">, D. (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
@@ -6697,94 +6428,78 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> der </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
         </w:rPr>
         <w:t>Klimakunde</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
         </w:rPr>
         <w:t>: Outline of climate science</w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C14052">
-        <w:t xml:space="preserve">Walter de </w:t>
-[...9 lines deleted...]
-      <w:hyperlink r:id="rId14" w:tgtFrame="_new" w:history="1">
+        <w:t xml:space="preserve">Walter de Gruyter &amp; Co. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://api.pageplace.de/preview/DT0400.9783111667751_A40793869/preview-9783111667751_A40793869.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6F9D9AE8" w14:textId="77777777" w:rsidR="007934ED" w:rsidRPr="007934ED" w:rsidRDefault="007934ED" w:rsidP="00D06714">
       <w:pPr>
         <w:pStyle w:val="Referncias"/>
       </w:pPr>
       <w:r w:rsidRPr="007934ED">
         <w:t xml:space="preserve">Lyell, C. (1853). </w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
         </w:rPr>
         <w:t>Principles of geology: The modern changes of the earth and its inhabitants</w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
-        <w:t xml:space="preserve"> (9th </w:t>
-[...9 lines deleted...]
-      <w:hyperlink r:id="rId15" w:tgtFrame="_new" w:history="1">
+        <w:t xml:space="preserve"> (9th ed.). Little, Brown and Company. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://archive.org/details/principlesgeolo00lyelgoog/page/n5/mode/2up</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="77B654FF" w14:textId="1F0CAA7C" w:rsidR="007934ED" w:rsidRPr="00216D47" w:rsidRDefault="007934ED" w:rsidP="00B04416">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28E7AA0F" w14:textId="2DA58C44" w:rsidR="007934ED" w:rsidRPr="008A715F" w:rsidRDefault="00824A50" w:rsidP="008A715F">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -6834,110 +6549,88 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>revistas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A73B8D2" w14:textId="77777777" w:rsidR="007934ED" w:rsidRPr="00216D47" w:rsidRDefault="007934ED" w:rsidP="00D06714">
       <w:pPr>
         <w:pStyle w:val="Referncias"/>
       </w:pPr>
       <w:r w:rsidRPr="007934ED">
         <w:t xml:space="preserve">Borgman, C. L. (2012). The conundrum of sharing research data. </w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
         </w:rPr>
         <w:t>Journal of the American Society for Information Science and Technology, 63</w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:t xml:space="preserve">(6), 1059-1078. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId17" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.1002/asi.22634</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2486330C" w14:textId="77777777" w:rsidR="007934ED" w:rsidRPr="00216D47" w:rsidRDefault="007934ED" w:rsidP="00B04416">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Felden</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">, L., &amp; Schindler, U. et al. (2023). PANGAEA - Data publisher for earth &amp; environmental science. </w:t>
+        <w:t xml:space="preserve">Felden, J., Möller, L., &amp; Schindler, U. et al. (2023). PANGAEA - Data publisher for earth &amp; environmental science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00216D47">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Scientific Data, 10</w:t>
       </w:r>
       <w:r w:rsidRPr="00216D47">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(347). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId18" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1038/s41597-023-02269-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="66A036C5" w14:textId="77777777" w:rsidR="007934ED" w:rsidRPr="007934ED" w:rsidRDefault="007934ED" w:rsidP="00B04416">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Jiao, H., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -6945,116 +6638,115 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Qiu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, Y., Ma, X., &amp; Yang, B. (2024). Dissemination effect of data papers on scientific datasets. </w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Journal of the Association for Information Science and Technology, 75</w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 115-131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId19" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1002/asi.24843</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2B621E60" w14:textId="5E207A9C" w:rsidR="007934ED" w:rsidRPr="00216D47" w:rsidRDefault="007934ED" w:rsidP="007934ED">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E34178C" w14:textId="25DF7F72" w:rsidR="007934ED" w:rsidRPr="008A715F" w:rsidRDefault="00824A50" w:rsidP="00824A50">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00824A50">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tesis y disertaciones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F784B6C" w14:textId="77777777" w:rsidR="007934ED" w:rsidRDefault="007934ED" w:rsidP="00B04416">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Daniels, M. G. (2014). </w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Data reuse in museum contexts: Experiences of archaeologists and botanists</w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Doctoral dissertation, University of Michigan]. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">University of Michigan Repository. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId20" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>http://hdl.handle.net/2027.42/108953</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="24F247ED" w14:textId="0CEFF319" w:rsidR="007934ED" w:rsidRDefault="007934ED" w:rsidP="00834029">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DBE12D4" w14:textId="4588E106" w:rsidR="007934ED" w:rsidRPr="008A715F" w:rsidRDefault="007934ED" w:rsidP="008A715F">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
@@ -7107,51 +6799,51 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, C., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Boetius</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, A. (2015). Porosity in sediment cores from the Central Arctic Ocean during POLARSTERN cruise ARK-XXVII/3 from August-September 2012 [Dataset]. </w:t>
       </w:r>
       <w:r w:rsidRPr="00216D47">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">PANGAEA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId21" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1594/PANGAEA.849054</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1C47DBA5" w14:textId="77777777" w:rsidR="007934ED" w:rsidRDefault="007934ED" w:rsidP="00B04416">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="709" w:hanging="720"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Gastaldello</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
@@ -7182,51 +6874,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, T., Drury, A., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Alegret</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, L. (2024). Age model, carbonate mass accumulation rates and benthic foraminifera from ODP Site 175-1085 [Dataset bundled publication]. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">PANGAEA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId22" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>https://doi.org/10.1594/PANGAEA.962075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0BC1FC6C" w14:textId="2A538510" w:rsidR="007934ED" w:rsidRDefault="007934ED" w:rsidP="00834029">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BFD668B" w14:textId="10AFACEB" w:rsidR="007934ED" w:rsidRPr="003F5CB8" w:rsidRDefault="007934ED" w:rsidP="003F5CB8">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F5CB8">
@@ -7310,51 +7002,51 @@
       <w:r w:rsidRPr="00216D47">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, B. (2015, June). </w:t>
       </w:r>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Biomedical data sharing and reuse: Attitudes and practices of clinical and scientific research staff. </w:t>
       </w:r>
       <w:r w:rsidRPr="00216D47">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PLOS One</w:t>
       </w:r>
       <w:r w:rsidRPr="00216D47">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00AF6FA3" w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1371/journal.pone.0129506</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AF6FA3">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E5BC1B1" w14:textId="77777777" w:rsidR="007934ED" w:rsidRPr="00C14052" w:rsidRDefault="007934ED" w:rsidP="00B04416">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="709" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -7362,81 +7054,79 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Pampel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, H., et al. (2013, November 4). Making research data repositories visible: The re3data.org registry. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C14052">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PLOS One</w:t>
       </w:r>
       <w:r w:rsidRPr="00C14052">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId24" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1371/journal.pone.0078080</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="11226F0E" w14:textId="42C212AE" w:rsidR="007934ED" w:rsidRPr="00C14052" w:rsidRDefault="007934ED" w:rsidP="00834029">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="710B3810" w14:textId="7F6614FB" w:rsidR="007934ED" w:rsidRPr="001216E9" w:rsidRDefault="003F5CB8" w:rsidP="003F5CB8">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="003F5CB8">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Artículos de revistas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F5CB8">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>profesionales</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F5CB8">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:bCs/>
@@ -7451,151 +7141,157 @@
         <w:ind w:left="709" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Kim, J. (2020). An analysis of data paper templates and guidelines: Types of contextual information described by data journals. </w:t>
       </w:r>
       <w:r w:rsidRPr="00216D47">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Science Editing, 7</w:t>
       </w:r>
       <w:r w:rsidRPr="00216D47">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 16-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="00AF6FA3" w:rsidRPr="007F4254">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.6087/kcse.184</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AF6FA3">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="063EE743" w14:textId="7E41123C" w:rsidR="007934ED" w:rsidRPr="003D1862" w:rsidRDefault="007934ED" w:rsidP="00B04416">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="709" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007934ED">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Phillips, M. (2013). Metadata analysis at the command-line. </w:t>
       </w:r>
       <w:r w:rsidRPr="003D1862">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Code4Lib, 19</w:t>
       </w:r>
       <w:r w:rsidRPr="003D1862">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00A82E24" w:rsidRPr="003D1862">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>https://journal.code4lib.org/articles/7818</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E82CB9D" w14:textId="77777777" w:rsidR="000F5390" w:rsidRPr="003D1862" w:rsidRDefault="000F5390" w:rsidP="00B04416">
+    <w:p w14:paraId="3E82CB9D" w14:textId="54B5D365" w:rsidR="000F5390" w:rsidRPr="003D1862" w:rsidRDefault="00F83C78" w:rsidP="00B04416">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="709" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0236A11C" w14:textId="77777777" w:rsidR="000C61E9" w:rsidRPr="003D1862" w:rsidRDefault="000C61E9" w:rsidP="000C61E9">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:rPr>
           <w:color w:val="E88D15"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10B76585" w14:textId="0ECFA6BE" w:rsidR="00E655D5" w:rsidRPr="006245AE" w:rsidRDefault="004B22F6" w:rsidP="000C61E9">
+    <w:p w14:paraId="10B76585" w14:textId="0ECFA6BE" w:rsidR="00E655D5" w:rsidRPr="00642B49" w:rsidRDefault="004B22F6" w:rsidP="000C61E9">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:rPr>
           <w:color w:val="E88D15"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="E88D15"/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CFAF020" wp14:editId="4B6C8ACB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3175</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>257175</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5728335" cy="0"/>
                 <wp:effectExtent l="0" t="19050" r="24765" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1113829958" name="AutoShape 9"/>
@@ -7636,75 +7332,75 @@
                             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:effectLst>
                                 <a:outerShdw dist="28398" dir="3806097" algn="ctr" rotWithShape="0">
                                   <a:srgbClr val="974706">
                                     <a:alpha val="50000"/>
                                   </a:srgbClr>
                                 </a:outerShdw>
                               </a:effectLst>
                             </a14:hiddenEffects>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="outsideMargin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
               <v:shape w14:anchorId="12338E42" id="AutoShape 9" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:.25pt;margin-top:20.25pt;width:451.05pt;height:0;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:outer-margin-area;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCv/onWsgIAAJ8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2PmzAQvVfqf7C4s0Ag4UObrLIEetm2&#10;K+1WPTvYBKtgI9sJWVX97x2bQDfbS1UtB+SvefNm5s3c3p27Fp2oVEzwtRPc+A6ivBKE8cPa+fZc&#10;uomDlMac4FZwunZeqHLuNh8/3A59RheiES2hEgEIV9nQr51G6z7zPFU1tMPqRvSUw2UtZIc1bOXB&#10;IxIPgN613sL3V94gJOmlqKhScLobL52Nxa9rWumvda2oRu3aAW7a/qX9783f29zi7CBx37DqQgP/&#10;B4sOMw5OZ6gd1hgdJfsLqmOVFErU+qYSnSfqmlXUxgDRBP6baJ4a3FMbCyRH9XOa1PvBVl9OjxIx&#10;ArULgjBZpOkSKsZxB7XaHrWwFFBq8jT0KoPnOX+UJtLqzJ/6B1H9UIiLvMH8QO3j55cebANj4V2Z&#10;mI3qwdt++CwIvMGAb5N2rmVnICEd6Gxr8zLXhp41quBwGS+SMFw6qJruPJxNhr1U+hMVHTKLtaO0&#10;xOzQ6FxwDgoQMrBu8OlBaUMLZ5OB8cpFydrWCqHlaFg7YRL4vrVQomXE3Jp3Sh72eSvRCYOWynIb&#10;BLkNEm5eP5PiyIlFaygmxWWtMWvHNXhvucGjVp4jJdidNSztOURspfMz9dMiKZLIjRarwo383c7d&#10;lnnkrsogXu7CXZ7vgl+GaBBlDSOEcsN1knEQ/ZtMLg01CnAW8pwV7xrdpg/IXjPdlks/jsLEjeNl&#10;6EZh4bv3SZm72zxYreLiPr8v3jAtbPTqfcjOqTSsxFFT+dSQARFm1AC6SUHThEHbh4m/8tPYQbg9&#10;wLyqtHSQFPo7040Vr5GdwbiqdRpHsb8aJdT2DR4VsPThmwQwSsPmZnY/ZmoqstnNZboE/yeXIIpJ&#10;ALZpTJ+MHbcX5OVRTs0EU8AaXSaWGTOv97B+PVc3vwEAAP//AwBQSwMEFAAGAAgAAAAhAGOyssHa&#10;AAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMjkFLw0AQhe+C/2EZwUuxuxZbNGZTROytCE0Fr5vs&#10;mAR3Z2N2m6T/3hEPenrMe483X76dvRMjDrELpOF2qUAg1cF21Gh4O+5u7kHEZMgaFwg1nDHCtri8&#10;yE1mw0QHHMvUCB6hmBkNbUp9JmWsW/QmLkOPxNlHGLxJfA6NtIOZeNw7uVJqI73piD+0psfnFuvP&#10;8uQ1LMqDm17262Pau9f36qsf7bSQWl9fzU+PIBLO6a8MP/iMDgUzVeFENgqnYc09DXeKldMHtdqA&#10;qH4NWeTyP37xDQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK/+idayAgAAnwUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGOyssHaAAAABgEAAA8A&#10;AAAAAAAAAAAAAAAADAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAATBgAAAAA=&#10;" strokecolor="#ffa11c" strokeweight="3pt">
                 <v:shadow color="#974706" opacity=".5" offset="1pt"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04CF57C9" w14:textId="77777777" w:rsidR="000C61E9" w:rsidRPr="006245AE" w:rsidRDefault="000C61E9" w:rsidP="00E655D5">
+    <w:p w14:paraId="04CF57C9" w14:textId="77777777" w:rsidR="000C61E9" w:rsidRPr="00642B49" w:rsidRDefault="000C61E9" w:rsidP="00E655D5">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4837E360" w14:textId="6EE60DCD" w:rsidR="00E655D5" w:rsidRDefault="00E655D5" w:rsidP="00E655D5">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
           <w:color w:val="auto"/>
@@ -7742,604 +7438,650 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1635"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B4F01DC" w14:textId="75708654" w:rsidR="006245AE" w:rsidRDefault="006245AE" w:rsidP="00E655D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1635"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0" wp14:anchorId="78DE35A7" wp14:editId="113293FD">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0" wp14:anchorId="78DE35A7" wp14:editId="2FD735D2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
-                  <wp:posOffset>7285355</wp:posOffset>
+                  <wp:posOffset>7280910</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5924550" cy="1765300"/>
+                <wp:extent cx="5800725" cy="1765300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="6350"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="6" name="Text Box 75"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5924550" cy="1765300"/>
+                          <a:ext cx="5800725" cy="1765300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FDF7EA"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="3175">
                               <a:solidFill>
                                 <a:srgbClr val="135BA9"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:effectLst/>
                             </a14:hiddenEffects>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="38B1630C" w14:textId="77777777" w:rsidR="006245AE" w:rsidRPr="00911B7D" w:rsidRDefault="006245AE" w:rsidP="006245AE">
+                          <w:p w14:paraId="38B1630C" w14:textId="77777777" w:rsidR="006245AE" w:rsidRPr="00911B7D" w:rsidRDefault="004322AB" w:rsidP="006245AE">
                             <w:r>
+                              <w:rPr>
+                                <w:noProof/>
+                              </w:rPr>
                               <w:pict w14:anchorId="3A85C3B2">
-                                <v:rect id="_x0000_i1025" style="width:452.1pt;height:1pt" o:hralign="right" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="gray" stroked="f"/>
+                                <v:rect id="_x0000_i1025" alt="" style="width:442.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hrpct="980" o:hralign="right" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="gray" stroked="f"/>
                               </w:pict>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0831A5F8" w14:textId="118286AE" w:rsidR="006245AE" w:rsidRPr="00FC1E45" w:rsidRDefault="006245AE" w:rsidP="006245AE">
+                          <w:p w14:paraId="6E389094" w14:textId="77777777" w:rsidR="000631FF" w:rsidRDefault="006245AE" w:rsidP="006245AE">
                             <w:pPr>
                               <w:pStyle w:val="Sinespaciado"/>
                               <w:jc w:val="left"/>
                               <w:rPr>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="008B2635">
                               <w:rPr>
                                 <w:noProof/>
                                 <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
                               </w:rPr>
                               <w:drawing>
                                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38DECD78" wp14:editId="567D583F">
                                   <wp:extent cx="762000" cy="142875"/>
                                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                                   <wp:docPr id="3" name="Picture 1" descr="Creative Commons License">
-                                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId26"/>
+                                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId27"/>
                                   </wp:docPr>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="0" name="Picture 1" descr="Creative Commons License">
-                                            <a:hlinkClick r:id="rId27"/>
+                                            <a:hlinkClick r:id="rId28"/>
                                           </pic:cNvPr>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId28">
+                                          <a:blip r:embed="rId29">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="762000" cy="142875"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                             <w:r w:rsidRPr="00FC1E45">
                               <w:rPr>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="00FC1E45" w:rsidRPr="00FC1E45">
+                          </w:p>
+                          <w:p w14:paraId="0831A5F8" w14:textId="0B0F6F10" w:rsidR="006245AE" w:rsidRPr="00FC1E45" w:rsidRDefault="007814BC" w:rsidP="006245AE">
+                            <w:pPr>
+                              <w:pStyle w:val="Sinespaciado"/>
+                              <w:jc w:val="left"/>
                               <w:rPr>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
-                              <w:t>Os artigos neste periódico estão licenciados sob uma Licença Creative Commons Atribuição 4.0 Estados Unidos.</w:t>
+                            </w:pPr>
+                            <w:r w:rsidRPr="000631FF">
+                              <w:rPr>
+                                <w:rStyle w:val="EvenPageFooterChar"/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                              <w:t>Lo</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00FC1E45" w:rsidRPr="000631FF">
+                              <w:rPr>
+                                <w:rStyle w:val="EvenPageFooterChar"/>
+                                <w:lang w:val="pt-BR"/>
+                              </w:rPr>
+                              <w:t>s artigos neste periódico estão licenciados sob uma Licença Creative Commons Atribuição 4.0 Estados Unidos.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="73B8D011" w14:textId="77777777" w:rsidR="006245AE" w:rsidRDefault="006245AE" w:rsidP="006245AE">
+                          <w:p w14:paraId="73B8D011" w14:textId="77777777" w:rsidR="006245AE" w:rsidRDefault="006245AE" w:rsidP="00F83C78">
                             <w:pPr>
                               <w:pStyle w:val="publishingtext"/>
+                              <w:ind w:left="0"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00FC1E45">
                               <w:rPr>
                                 <w:lang w:val="pt-BR"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                               </w:rPr>
                               <w:drawing>
                                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21AF590E" wp14:editId="5EF844B4">
                                   <wp:extent cx="1631390" cy="533400"/>
                                   <wp:effectExtent l="0" t="0" r="6985" b="0"/>
                                   <wp:docPr id="55" name="Picture 55" descr="A yellow letter on a black background&#10;&#10;AI-generated content may be incorrect."/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="55" name="Picture 55" descr="A yellow letter on a black background&#10;&#10;AI-generated content may be incorrect."/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId29" cstate="print">
+                                          <a:blip r:embed="rId30" cstate="print">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="1723902" cy="563648"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="14130621" w14:textId="77777777" w:rsidR="006245AE" w:rsidRPr="006245AE" w:rsidRDefault="006245AE" w:rsidP="006245AE">
+                          <w:p w14:paraId="14130621" w14:textId="77777777" w:rsidR="006245AE" w:rsidRPr="006245AE" w:rsidRDefault="006245AE" w:rsidP="00F83C78">
                             <w:pPr>
                               <w:pStyle w:val="publishingtext"/>
+                              <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="006245AE">
                               <w:rPr>
                                 <w:lang w:val="en-US" w:bidi="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve">This journal is published by </w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId30" w:history="1">
-                              <w:r w:rsidRPr="006245AE">
+                            <w:hyperlink r:id="rId31" w:history="1">
+                              <w:r w:rsidRPr="00297723">
                                 <w:rPr>
                                   <w:rStyle w:val="Hipervnculo"/>
+                                  <w:color w:val="FFA41C"/>
                                   <w:lang w:val="en-US" w:bidi="en-US"/>
                                 </w:rPr>
                                 <w:t>Pitt Open Library Publishing</w:t>
                               </w:r>
-                              <w:proofErr w:type="gramEnd"/>
                             </w:hyperlink>
-                            <w:r w:rsidRPr="006245AE">
+                            <w:r w:rsidRPr="00297723">
                               <w:rPr>
+                                <w:color w:val="FFA41C"/>
                                 <w:lang w:val="en-US" w:bidi="en-US"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="78DE35A7" id="Text Box 75" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:573.65pt;width:466.5pt;height:139pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8HZNn+gIAAIMGAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv0zAUfkfiP1h+z5K0TtJEy1CbC0Ia&#10;Fwn4AW7iNBaJHWxv6UD8d46dbe0GDwjoQ2T7HH/+vnPr5avjOKBbpjSXIsfhRYARE41suTjk+POn&#10;2ttgpA0VLR2kYDm+Yxq/unr54nKeMraSvRxaphCACJ3NU457Y6bM93XTs5HqCzkxAcZOqpEa2KqD&#10;3yo6A/o4+KsgiP1ZqnZSsmFaw2m5GPGVw+861pj3XaeZQUOOgZtxX+W+e/v1ry5pdlB06nlzT4P+&#10;BYuRcgGPPkKV1FB0o/gvUCNvlNSyMxeNHH3ZdbxhTgOoCYNnaj72dGJOCwRHT49h0v8Ptnl3+0Eh&#10;3uY4xkjQEVL0iR0N2skjSiIbnnnSGXh9nMDPHOEc0uyk6ulaNl80ErLoqTiwrVJy7hltgV5ob/pn&#10;VxccbUH281vZwjv0xkgHdOzUaGMH0UCADmm6e0yN5dLAYZSuSBSBqQFbmMTROnDJ82n2cH1S2rxm&#10;ckR2kWMFuXfw9PZaG0uHZg8u9jUhaz4MLv+DeHIAjssJcwW03KYZUIGl9bSkXHK/p0FabaoN8cgq&#10;rjwSlKW3rQvixXWYROW6LIoy/GFZhCTredsyYR99KLSQ/Fki70t+KZHHUtNy4K2Fs5S0OuyLQaFb&#10;CoVel3VSbV0KwHJy85/ScCEBLc8khSsS7FapV8ebxCM1ibw0CTZeEKa7NA5ISsr6qaRrLti/S0Jz&#10;jtcQtaW2TqSfaQvX0W6b/qqNZiM3MEoGPuZ4E9ifdaKZrchKtG5tKB+W9VkoLP3fh2JbR0FC1hsv&#10;SaK1R9ZV4O02deFtizCOk2pX7Kpn2a1cxeh/j4bLyVn5nfG9f+NEGer1oTZdy9kuW/rNHPdH19yu&#10;H2077mV7Bz2oJHQIdBNMblj0Un3DaIYpmGP99YYqhtHwRkAfpyEhdmy6DYmSFWzUuWV/bqGiAagc&#10;G4yWZWGWUXszKX7o4aVlcgi5hd7vuOvKEytQZDcw6Zy2+6lsR+n53nmd/juufgIAAP//AwBQSwME&#10;FAAGAAgAAAAhAG5hr5jdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;k6ZAG+JUFKknxIGQD3DjJXGJ11HsJuHvWU5w3Dej2Zliv7heTDgG60lBukpAIDXeWGoV1B/Huy2I&#10;EDUZ3XtCBd8YYF9eXxU6N36md5yq2AoOoZBrBV2MQy5laDp0Oqz8gMTapx+djnyOrTSjnjnc9XKd&#10;JA/SaUv8odMDvnTYfFUXpyAczrZ+G2t7mOh1PqatPFdyUur2Znl+AhFxiX9m+K3P1aHkTid/IRNE&#10;r4CHRKbp5jEDwfouyxidGG3W9xnIspD/J5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;APwdk2f6AgAAgwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAG5hr5jdAAAACgEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;" o:allowincell="f" o:allowoverlap="f" filled="f" fillcolor="#fdf7ea" stroked="f" strokecolor="#135ba9" strokeweight=".25pt">
+              <v:shape w14:anchorId="78DE35A7" id="Text Box 75" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:573.3pt;width:456.75pt;height:139pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxEV4/+wIAAIMGAAAOAAAAZHJzL2Uyb0RvYy54bWysVclu2zAQvRfoPxC8K5JsLZYQubC1FAXS&#10;BUj6AbREWUQlUiXpyGnRf++QSmIn6aFo6oPAZfjmvdl8+e449OiWSsUEz7B/4WFEeS0axvcZ/npT&#10;OSuMlCa8Ib3gNMN3VOF367dvLqcxpQvRib6hEgEIV+k0ZrjTekxdV9UdHYi6ECPlcNkKORANW7l3&#10;G0kmQB96d+F5kTsJ2YxS1FQpOC3mS7y2+G1La/25bRXVqM8wcNP2K+13Z77u+pKke0nGjtX3NMg/&#10;sBgI4+D0EaogmqCDZC+gBlZLoUSrL2oxuKJtWU2tBlDje8/UXHdkpFYLBEeNj2FS/w+2/nT7RSLW&#10;ZDjCiJMBUnRDjxptxRHFoQnPNKoUrK5HsNNHOIc0W6lqvBL1N4W4yDvC93QjpZg6Shqg55uX7tnT&#10;GUcZkN30UTTghxy0sEDHVg4mdhANBOiQprvH1BguNRyGK8+LFyFGNdz5cRQuPZs8l6QPz0ep9Hsq&#10;BmQWGZaQewtPbq+UNnRI+mBivHFRsb63+e/5kwMwnE+oLaD5NUmBCiyNpSFlk/sz8ZJyVa4CJ1hE&#10;pRN4ReFsqjxwosqPw2JZ5Hnh/zIs/CDtWNNQbpw+FJof/F0i70t+LpHHUlOiZ42BM5SU3O/yXqJb&#10;AoVeFVVcbmwK4OZk5j6lYUMCWp5J8heBt10kThWtYieogtBJYm/leH6yTSIvSIKieirpinH6eklo&#10;yvASojbX1on0M23+MtxukpfaSDowDaOkZ0OGoVjgZ4xIaiqy5I1da8L6eX0WCkP/z6HYVKEXB8uV&#10;E8fh0gmWpedsV1XubHI/iuJym2/LZ9ktbcWo10fD5uSs/M743vs4UYZ6fahN23Kmy+Z+08fd0Ta3&#10;7UfTjjvR3EEPSgEdAo0GkxsWnZA/MJpgCmZYfT8QSTHqP3Do48QPAjM27SYI4wVs5PnN7vyG8Bqg&#10;Mqwxmpe5nkftYZRs34GneXJwsYHeb5ntyhMrUGQ2MOmstvupbEbp+d5anf471r8BAAD//wMAUEsD&#10;BBQABgAIAAAAIQDFtlVy3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;qJMSIghxKorUE+JAmg9w4yVxiddR7Cbh71lOcNyZ0eybcre6Qcw4BetJQbpJQCC13ljqFDTHw90j&#10;iBA1GT14QgXfGGBXXV+VujB+oQ+c69gJLqFQaAV9jGMhZWh7dDps/IjE3qefnI58Tp00k1643A1y&#10;myS5dNoSf+j1iK89tl/1xSkI+7Nt3qfG7md6Ww5pJ8+1nJW6vVlfnkFEXONfGH7xGR0qZjr5C5kg&#10;BgU8JLKaZnkOgv2n9P4BxImlbJvlIKtS/p9Q/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDxEV4/+wIAAIMGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDFtlVy3QAAAAoBAAAPAAAAAAAAAAAAAAAAAFUFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;" o:allowincell="f" o:allowoverlap="f" filled="f" fillcolor="#fdf7ea" stroked="f" strokecolor="#135ba9" strokeweight=".25pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="38B1630C" w14:textId="77777777" w:rsidR="006245AE" w:rsidRPr="00911B7D" w:rsidRDefault="006245AE" w:rsidP="006245AE">
+                    <w:p w14:paraId="38B1630C" w14:textId="77777777" w:rsidR="006245AE" w:rsidRPr="00911B7D" w:rsidRDefault="004322AB" w:rsidP="006245AE">
                       <w:r>
+                        <w:rPr>
+                          <w:noProof/>
+                        </w:rPr>
                         <w:pict w14:anchorId="3A85C3B2">
-                          <v:rect id="_x0000_i1025" style="width:452.1pt;height:1pt" o:hralign="right" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="gray" stroked="f"/>
+                          <v:rect id="_x0000_i1025" alt="" style="width:442.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hrpct="980" o:hralign="right" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="gray" stroked="f"/>
                         </w:pict>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0831A5F8" w14:textId="118286AE" w:rsidR="006245AE" w:rsidRPr="00FC1E45" w:rsidRDefault="006245AE" w:rsidP="006245AE">
+                    <w:p w14:paraId="6E389094" w14:textId="77777777" w:rsidR="000631FF" w:rsidRDefault="006245AE" w:rsidP="006245AE">
                       <w:pPr>
                         <w:pStyle w:val="Sinespaciado"/>
                         <w:jc w:val="left"/>
                         <w:rPr>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="008B2635">
                         <w:rPr>
                           <w:noProof/>
                           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
                         </w:rPr>
                         <w:drawing>
                           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38DECD78" wp14:editId="567D583F">
                             <wp:extent cx="762000" cy="142875"/>
                             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                             <wp:docPr id="3" name="Picture 1" descr="Creative Commons License">
-                              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId26"/>
+                              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId27"/>
                             </wp:docPr>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 1" descr="Creative Commons License">
-                                      <a:hlinkClick r:id="rId27"/>
+                                      <a:hlinkClick r:id="rId28"/>
                                     </pic:cNvPr>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId28">
+                                    <a:blip r:embed="rId29">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="762000" cy="142875"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                       <w:r w:rsidRPr="00FC1E45">
                         <w:rPr>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="00FC1E45" w:rsidRPr="00FC1E45">
+                    </w:p>
+                    <w:p w14:paraId="0831A5F8" w14:textId="0B0F6F10" w:rsidR="006245AE" w:rsidRPr="00FC1E45" w:rsidRDefault="007814BC" w:rsidP="006245AE">
+                      <w:pPr>
+                        <w:pStyle w:val="Sinespaciado"/>
+                        <w:jc w:val="left"/>
                         <w:rPr>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
-                        <w:t>Os artigos neste periódico estão licenciados sob uma Licença Creative Commons Atribuição 4.0 Estados Unidos.</w:t>
+                      </w:pPr>
+                      <w:r w:rsidRPr="000631FF">
+                        <w:rPr>
+                          <w:rStyle w:val="EvenPageFooterChar"/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                        <w:t>Lo</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00FC1E45" w:rsidRPr="000631FF">
+                        <w:rPr>
+                          <w:rStyle w:val="EvenPageFooterChar"/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                        <w:t>s artigos neste periódico estão licenciados sob uma Licença Creative Commons Atribuição 4.0 Estados Unidos.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="73B8D011" w14:textId="77777777" w:rsidR="006245AE" w:rsidRDefault="006245AE" w:rsidP="006245AE">
+                    <w:p w14:paraId="73B8D011" w14:textId="77777777" w:rsidR="006245AE" w:rsidRDefault="006245AE" w:rsidP="00F83C78">
                       <w:pPr>
                         <w:pStyle w:val="publishingtext"/>
+                        <w:ind w:left="0"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00FC1E45">
                         <w:rPr>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
                         </w:rPr>
                         <w:drawing>
                           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21AF590E" wp14:editId="5EF844B4">
                             <wp:extent cx="1631390" cy="533400"/>
                             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
                             <wp:docPr id="55" name="Picture 55" descr="A yellow letter on a black background&#10;&#10;AI-generated content may be incorrect."/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="55" name="Picture 55" descr="A yellow letter on a black background&#10;&#10;AI-generated content may be incorrect."/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId29" cstate="print">
+                                    <a:blip r:embed="rId30" cstate="print">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="1723902" cy="563648"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="14130621" w14:textId="77777777" w:rsidR="006245AE" w:rsidRPr="006245AE" w:rsidRDefault="006245AE" w:rsidP="006245AE">
+                    <w:p w14:paraId="14130621" w14:textId="77777777" w:rsidR="006245AE" w:rsidRPr="006245AE" w:rsidRDefault="006245AE" w:rsidP="00F83C78">
                       <w:pPr>
                         <w:pStyle w:val="publishingtext"/>
+                        <w:ind w:left="0"/>
                         <w:rPr>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="006245AE">
                         <w:rPr>
                           <w:lang w:val="en-US" w:bidi="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve">This journal is published by </w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId31" w:history="1">
-                        <w:r w:rsidRPr="006245AE">
+                      <w:hyperlink r:id="rId32" w:history="1">
+                        <w:r w:rsidRPr="00297723">
                           <w:rPr>
                             <w:rStyle w:val="Hipervnculo"/>
+                            <w:color w:val="FFA41C"/>
                             <w:lang w:val="en-US" w:bidi="en-US"/>
                           </w:rPr>
                           <w:t>Pitt Open Library Publishing</w:t>
                         </w:r>
-                        <w:proofErr w:type="gramEnd"/>
                       </w:hyperlink>
-                      <w:r w:rsidRPr="006245AE">
+                      <w:r w:rsidRPr="00297723">
                         <w:rPr>
+                          <w:color w:val="FFA41C"/>
                           <w:lang w:val="en-US" w:bidi="en-US"/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin" anchory="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="35FCB7D5" w14:textId="77777777" w:rsidR="006245AE" w:rsidRPr="000C61E9" w:rsidRDefault="006245AE" w:rsidP="00E655D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1635"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006245AE" w:rsidRPr="000C61E9" w:rsidSect="00C71FB0">
-      <w:headerReference w:type="even" r:id="rId32"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId37"/>
+      <w:headerReference w:type="even" r:id="rId33"/>
+      <w:headerReference w:type="default" r:id="rId34"/>
+      <w:footerReference w:type="even" r:id="rId35"/>
+      <w:footerReference w:type="default" r:id="rId36"/>
+      <w:headerReference w:type="first" r:id="rId37"/>
+      <w:footerReference w:type="first" r:id="rId38"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="431" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="242FFAC4" w14:textId="77777777" w:rsidR="00615186" w:rsidRPr="002978D8" w:rsidRDefault="00615186" w:rsidP="00E77747">
+    <w:p w14:paraId="4F2034C6" w14:textId="77777777" w:rsidR="004322AB" w:rsidRPr="002978D8" w:rsidRDefault="004322AB" w:rsidP="00E77747">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="002978D8">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="187D3DA7" w14:textId="77777777" w:rsidR="00615186" w:rsidRPr="002978D8" w:rsidRDefault="00615186" w:rsidP="00E77747">
+    <w:p w14:paraId="7DA5699D" w14:textId="77777777" w:rsidR="004322AB" w:rsidRPr="002978D8" w:rsidRDefault="004322AB" w:rsidP="00E77747">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="002978D8">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
@@ -8439,57 +8181,57 @@
                               <w:color w:val="FFFFFF"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00213B50">
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r w:rsidRPr="00213B50">
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                           </w:r>
                           <w:r w:rsidRPr="00213B50">
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r w:rsidR="00DE49D0" w:rsidRPr="00DE49D0">
+                          <w:r w:rsidR="00B350CC" w:rsidRPr="00B350CC">
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="17"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>2</w:t>
+                            <w:t>8</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00213B50">
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
@@ -8511,57 +8253,57 @@
                         <w:color w:val="FFFFFF"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00213B50">
                       <w:rPr>
                         <w:color w:val="FFFFFF"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r w:rsidRPr="00213B50">
                       <w:rPr>
                         <w:color w:val="FFFFFF"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r w:rsidRPr="00213B50">
                       <w:rPr>
                         <w:color w:val="FFFFFF"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r w:rsidR="00DE49D0" w:rsidRPr="00DE49D0">
+                    <w:r w:rsidR="00B350CC" w:rsidRPr="00B350CC">
                       <w:rPr>
                         <w:color w:val="FFFFFF"/>
                         <w:sz w:val="17"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>2</w:t>
+                      <w:t>8</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00213B50">
                       <w:rPr>
                         <w:color w:val="FFFFFF"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="003D1FAD">
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">No </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="pt-BR"/>
@@ -8698,57 +8440,57 @@
                               <w:color w:val="FFFFFF"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00213B50">
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r w:rsidRPr="00213B50">
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                           </w:r>
                           <w:r w:rsidRPr="00213B50">
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r w:rsidR="00DE49D0" w:rsidRPr="00DE49D0">
+                          <w:r w:rsidR="00B350CC" w:rsidRPr="00B350CC">
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="17"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>3</w:t>
+                            <w:t>7</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00213B50">
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
@@ -8770,57 +8512,57 @@
                         <w:color w:val="FFFFFF"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00213B50">
                       <w:rPr>
                         <w:color w:val="FFFFFF"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r w:rsidRPr="00213B50">
                       <w:rPr>
                         <w:color w:val="FFFFFF"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r w:rsidRPr="00213B50">
                       <w:rPr>
                         <w:color w:val="FFFFFF"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r w:rsidR="00DE49D0" w:rsidRPr="00DE49D0">
+                    <w:r w:rsidR="00B350CC" w:rsidRPr="00B350CC">
                       <w:rPr>
                         <w:color w:val="FFFFFF"/>
                         <w:sz w:val="17"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>3</w:t>
+                      <w:t>7</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00213B50">
                       <w:rPr>
                         <w:color w:val="FFFFFF"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="003D1FAD">
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">No </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="pt-BR"/>
@@ -8862,169 +8604,187 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>24</w:t>
     </w:r>
     <w:r w:rsidRPr="003D1FAD">
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>1233</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="442A58A0" w14:textId="64E63A7E" w:rsidR="00190D33" w:rsidRPr="004C7D90" w:rsidRDefault="00190D33" w:rsidP="004C7D90">
+  <w:p w14:paraId="442A58A0" w14:textId="1508CF6A" w:rsidR="00190D33" w:rsidRPr="004C7D90" w:rsidRDefault="00E16612" w:rsidP="00E16612">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
-      <w:jc w:val="right"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="3225"/>
+        <w:tab w:val="right" w:pos="9027"/>
+      </w:tabs>
+      <w:jc w:val="left"/>
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003D1FAD">
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00190D33" w:rsidRPr="003D1FAD">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">No </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00190D33">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>xx</w:t>
     </w:r>
-    <w:r w:rsidRPr="003D1FAD">
+    <w:r w:rsidR="00190D33" w:rsidRPr="003D1FAD">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00190D33">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>2025</w:t>
     </w:r>
-    <w:r w:rsidRPr="003D1FAD">
+    <w:r w:rsidR="00190D33" w:rsidRPr="003D1FAD">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00190D33">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00190D33">
       <w:rPr>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>exxx</w:t>
     </w:r>
-    <w:r w:rsidRPr="003D1FAD">
+    <w:r w:rsidR="00190D33" w:rsidRPr="003D1FAD">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">   •   </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidRPr="00C3396B">
+      <w:r w:rsidR="00190D33" w:rsidRPr="00C3396B">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:sz w:val="16"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>http://biblios.pitt.edu/</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidRPr="003D1FAD">
+    <w:r w:rsidR="00190D33" w:rsidRPr="003D1FAD">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">   •   DOI 10.5195/biblios.</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00190D33">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>2025</w:t>
     </w:r>
-    <w:r w:rsidRPr="003D1FAD">
+    <w:r w:rsidR="00190D33" w:rsidRPr="003D1FAD">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00190D33">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>xxxx</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5972A987" w14:textId="77777777" w:rsidR="00615186" w:rsidRPr="002978D8" w:rsidRDefault="00615186" w:rsidP="00E77747">
+    <w:p w14:paraId="449CB286" w14:textId="77777777" w:rsidR="004322AB" w:rsidRPr="002978D8" w:rsidRDefault="004322AB" w:rsidP="00E77747">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="002978D8">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56F3F069" w14:textId="77777777" w:rsidR="00615186" w:rsidRPr="002978D8" w:rsidRDefault="00615186" w:rsidP="00E77747">
+    <w:p w14:paraId="366581E2" w14:textId="77777777" w:rsidR="004322AB" w:rsidRPr="002978D8" w:rsidRDefault="004322AB" w:rsidP="00E77747">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="002978D8">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="0897D80C" w14:textId="2FB14D4E" w:rsidR="00190D33" w:rsidRPr="00AB50A5" w:rsidRDefault="00190D33" w:rsidP="00F725FF">
     <w:pPr>
       <w:pStyle w:val="HeaderArticleTitle"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AB50A5">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -9354,51 +9114,51 @@
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
           <w:pict>
             <v:shapetype w14:anchorId="2C674608" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="AutoShape 15" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-22in;margin-top:7.4pt;width:2482.25pt;height:.25pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC64FSjKgIAAEcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O2jAQvlfqO1i+QxJIWIgIK5RAL9sW&#10;abcPYGyHWE1syzYEVPXdO3aAlvZSVVUkZ+yZ+eabv+XzuWvRiRsrlCxwMo4x4pIqJuShwF/etqM5&#10;RtYRyUirJC/whVv8vHr/btnrnE9Uo1rGDQIQafNeF7hxTudRZGnDO2LHSnMJylqZjji4mkPEDOkB&#10;vWujSRzPol4Zpo2i3Fp4rQYlXgX8uubUfa5ryx1qCwzcXDhNOPf+jFZLkh8M0Y2gVxrkH1h0REgI&#10;eoeqiCPoaMQfUJ2gRllVuzFVXaTqWlAecoBskvi3bF4bonnIBYpj9b1M9v/B0k+nnUGCFTidJZOn&#10;eJ5hJEkHnVofnQoEUJL5MvXa5mBdyp3xidKzfNUvin61SKqyIfLAg/XbRYNz4j2iBxd/sRqC7fuP&#10;ioENgQChZufadB4SqoHOoTWXe2v42SEKj9Mkm6TZE7CjoJwmIPkIJL85a2PdB6465IUCW2eIODSu&#10;VFLCECiThFDk9GLd4Hhz8JGl2oq2hXeStxL1BV5kkyw4WNUK5pVeZ81hX7YGnQhM0zrz35XFg5lR&#10;R8kCWMMJ21xlR0Q7yMC6lR4PkgM6V2kYl2+LeLGZb+bpKJ3MNqM0rqrRelumo9kWcq6mVVlWyXdP&#10;LUnzRjDGpWd3G90k/bvRuC7RMHT34b2XIXpED4UGsrd/IB266xs6jMZescvO+NL6RsO0BuPrZvl1&#10;+PUerH7u/+oHAAAA//8DAFBLAwQUAAYACAAAACEADKjrwOMAAAAMAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3FonbZ2WEKdCSICQigRtDz26sZsE4nWw3Tb8PdsT3HY0o9l5xXKw&#10;HTsZH1qHEtJxAsxg5XSLtYTt5mm0ABaiQq06h0bCjwmwLK+vCpVrd8YPc1rHmlEJhlxJaGLsc85D&#10;1Rirwtj1Bsk7OG9VJOlrrr06U7nt+CRJMm5Vi/ShUb15bEz1tT5aCe/fzyuhU+0Pm7mYpS8T8bb7&#10;fJXy9mZ4uAcWzRD/wnCZT9OhpE17d0QdWCdhNE2zBdFEsmYEcYnM7zIBbE+XmAIvC/4fovwFAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuuBUoyoCAABHBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADKjrwOMAAAAMAQAADwAAAAAAAAAAAAAAAACE&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" strokecolor="#a5a5a5"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A3A8E420"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Listaconnmeros5"/>
       <w:lvlText w:val="%1."/>
@@ -10583,51 +10343,51 @@
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77BA7508"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="09507B64"/>
+    <w:tmpl w:val="A06034CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Ttulo2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -10777,173 +10537,177 @@
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="86"/>
   <w:drawingGridVerticalSpacing w:val="187"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D09AC"/>
     <w:rsid w:val="0000338A"/>
     <w:rsid w:val="00005AA3"/>
     <w:rsid w:val="00005E9B"/>
     <w:rsid w:val="000063B1"/>
     <w:rsid w:val="0001073E"/>
     <w:rsid w:val="00010B12"/>
     <w:rsid w:val="0001438F"/>
     <w:rsid w:val="00016281"/>
     <w:rsid w:val="00017BCA"/>
     <w:rsid w:val="00022EE3"/>
     <w:rsid w:val="00024DBB"/>
+    <w:rsid w:val="000307B4"/>
     <w:rsid w:val="00031D78"/>
     <w:rsid w:val="00031F34"/>
     <w:rsid w:val="0004393F"/>
     <w:rsid w:val="00045014"/>
     <w:rsid w:val="0004501B"/>
     <w:rsid w:val="00052393"/>
     <w:rsid w:val="000542A9"/>
     <w:rsid w:val="000550A6"/>
     <w:rsid w:val="00060114"/>
     <w:rsid w:val="000606C7"/>
     <w:rsid w:val="00060C50"/>
     <w:rsid w:val="00061073"/>
+    <w:rsid w:val="000631FF"/>
     <w:rsid w:val="00065043"/>
+    <w:rsid w:val="000661BD"/>
     <w:rsid w:val="0006791B"/>
     <w:rsid w:val="00072571"/>
     <w:rsid w:val="0007288E"/>
     <w:rsid w:val="000737EC"/>
     <w:rsid w:val="00074FA0"/>
     <w:rsid w:val="000778DC"/>
     <w:rsid w:val="00077C48"/>
     <w:rsid w:val="00084A5F"/>
     <w:rsid w:val="000912FF"/>
     <w:rsid w:val="00094215"/>
     <w:rsid w:val="00096101"/>
     <w:rsid w:val="000A2255"/>
     <w:rsid w:val="000A277C"/>
     <w:rsid w:val="000A45A1"/>
     <w:rsid w:val="000A55C5"/>
     <w:rsid w:val="000A5AE0"/>
     <w:rsid w:val="000A6349"/>
     <w:rsid w:val="000B1292"/>
     <w:rsid w:val="000B133B"/>
     <w:rsid w:val="000B2303"/>
     <w:rsid w:val="000B49B3"/>
     <w:rsid w:val="000B5246"/>
     <w:rsid w:val="000B71DA"/>
     <w:rsid w:val="000C0486"/>
     <w:rsid w:val="000C0E4E"/>
     <w:rsid w:val="000C1D98"/>
     <w:rsid w:val="000C44E3"/>
     <w:rsid w:val="000C4F75"/>
     <w:rsid w:val="000C61E9"/>
     <w:rsid w:val="000C7096"/>
     <w:rsid w:val="000C79FA"/>
+    <w:rsid w:val="000D016E"/>
     <w:rsid w:val="000D2B0E"/>
     <w:rsid w:val="000D2B96"/>
     <w:rsid w:val="000D71CF"/>
     <w:rsid w:val="000E6DE6"/>
     <w:rsid w:val="000E7526"/>
     <w:rsid w:val="000E76DF"/>
     <w:rsid w:val="000E7CA8"/>
     <w:rsid w:val="000F059F"/>
     <w:rsid w:val="000F13EE"/>
     <w:rsid w:val="000F535C"/>
     <w:rsid w:val="000F5390"/>
     <w:rsid w:val="000F62A0"/>
     <w:rsid w:val="000F70B1"/>
     <w:rsid w:val="00101052"/>
     <w:rsid w:val="001035C9"/>
     <w:rsid w:val="00103E80"/>
     <w:rsid w:val="00105927"/>
     <w:rsid w:val="00110359"/>
     <w:rsid w:val="0011173B"/>
     <w:rsid w:val="00112FFE"/>
     <w:rsid w:val="00114A06"/>
     <w:rsid w:val="00116B5F"/>
     <w:rsid w:val="00120DA7"/>
     <w:rsid w:val="001216E9"/>
     <w:rsid w:val="00123AD9"/>
     <w:rsid w:val="00123B63"/>
     <w:rsid w:val="00125717"/>
     <w:rsid w:val="0013370A"/>
     <w:rsid w:val="00133766"/>
     <w:rsid w:val="00135B91"/>
     <w:rsid w:val="00137E11"/>
+    <w:rsid w:val="0014036F"/>
     <w:rsid w:val="001405EF"/>
     <w:rsid w:val="00141C96"/>
     <w:rsid w:val="00142460"/>
     <w:rsid w:val="00145028"/>
     <w:rsid w:val="00147406"/>
     <w:rsid w:val="00150E33"/>
     <w:rsid w:val="00150F86"/>
     <w:rsid w:val="0015252F"/>
     <w:rsid w:val="00156FF3"/>
     <w:rsid w:val="00167362"/>
     <w:rsid w:val="001713B5"/>
     <w:rsid w:val="001726D1"/>
     <w:rsid w:val="00172CC7"/>
     <w:rsid w:val="00177B73"/>
     <w:rsid w:val="00181BD4"/>
+    <w:rsid w:val="0018262D"/>
     <w:rsid w:val="001826F9"/>
     <w:rsid w:val="00185B2A"/>
     <w:rsid w:val="001866F3"/>
     <w:rsid w:val="001873B7"/>
     <w:rsid w:val="001879B8"/>
     <w:rsid w:val="00190D33"/>
     <w:rsid w:val="001919BA"/>
     <w:rsid w:val="00191C91"/>
     <w:rsid w:val="001936F4"/>
     <w:rsid w:val="00194A52"/>
     <w:rsid w:val="001968DA"/>
     <w:rsid w:val="00197061"/>
     <w:rsid w:val="00197114"/>
     <w:rsid w:val="001A0A10"/>
     <w:rsid w:val="001A27E9"/>
     <w:rsid w:val="001A429B"/>
     <w:rsid w:val="001A5833"/>
     <w:rsid w:val="001A7401"/>
     <w:rsid w:val="001A7905"/>
     <w:rsid w:val="001B1E63"/>
     <w:rsid w:val="001B5240"/>
     <w:rsid w:val="001B5A39"/>
     <w:rsid w:val="001C3721"/>
     <w:rsid w:val="001C5DBE"/>
     <w:rsid w:val="001C683B"/>
@@ -10983,50 +10747,51 @@
     <w:rsid w:val="00232A72"/>
     <w:rsid w:val="00233852"/>
     <w:rsid w:val="00233E63"/>
     <w:rsid w:val="00233F1D"/>
     <w:rsid w:val="00234B4C"/>
     <w:rsid w:val="00236C1A"/>
     <w:rsid w:val="00242E54"/>
     <w:rsid w:val="00245D91"/>
     <w:rsid w:val="002460D5"/>
     <w:rsid w:val="002508D2"/>
     <w:rsid w:val="00250EBB"/>
     <w:rsid w:val="0025125B"/>
     <w:rsid w:val="00256ABD"/>
     <w:rsid w:val="00256B36"/>
     <w:rsid w:val="00256E40"/>
     <w:rsid w:val="00257D8C"/>
     <w:rsid w:val="0026281C"/>
     <w:rsid w:val="0026385A"/>
     <w:rsid w:val="00274BF7"/>
     <w:rsid w:val="00276FE3"/>
     <w:rsid w:val="00281AD5"/>
     <w:rsid w:val="002844CF"/>
     <w:rsid w:val="00286C78"/>
     <w:rsid w:val="00290C20"/>
     <w:rsid w:val="00294434"/>
+    <w:rsid w:val="00297723"/>
     <w:rsid w:val="002978D8"/>
     <w:rsid w:val="002A424C"/>
     <w:rsid w:val="002A5D99"/>
     <w:rsid w:val="002A6D5F"/>
     <w:rsid w:val="002B01AE"/>
     <w:rsid w:val="002B0787"/>
     <w:rsid w:val="002B1095"/>
     <w:rsid w:val="002B296C"/>
     <w:rsid w:val="002B41E5"/>
     <w:rsid w:val="002B55D2"/>
     <w:rsid w:val="002B6F97"/>
     <w:rsid w:val="002C2040"/>
     <w:rsid w:val="002C70D1"/>
     <w:rsid w:val="002C76D8"/>
     <w:rsid w:val="002D171B"/>
     <w:rsid w:val="002D3865"/>
     <w:rsid w:val="002D3AB3"/>
     <w:rsid w:val="002D4A32"/>
     <w:rsid w:val="002F2A5D"/>
     <w:rsid w:val="002F2CF5"/>
     <w:rsid w:val="002F49E5"/>
     <w:rsid w:val="002F58AE"/>
     <w:rsid w:val="002F5A1E"/>
     <w:rsid w:val="002F69A7"/>
     <w:rsid w:val="003050BA"/>
@@ -11106,50 +10871,51 @@
     <w:rsid w:val="003F2976"/>
     <w:rsid w:val="003F445A"/>
     <w:rsid w:val="003F4DE4"/>
     <w:rsid w:val="003F5CB8"/>
     <w:rsid w:val="003F6CFD"/>
     <w:rsid w:val="003F73FF"/>
     <w:rsid w:val="0040052A"/>
     <w:rsid w:val="00400E5A"/>
     <w:rsid w:val="004011C4"/>
     <w:rsid w:val="00402BDF"/>
     <w:rsid w:val="00405348"/>
     <w:rsid w:val="004056B3"/>
     <w:rsid w:val="00406077"/>
     <w:rsid w:val="00406746"/>
     <w:rsid w:val="0041437A"/>
     <w:rsid w:val="00415FA6"/>
     <w:rsid w:val="00416ED7"/>
     <w:rsid w:val="00420A06"/>
     <w:rsid w:val="0042287B"/>
     <w:rsid w:val="00423CA0"/>
     <w:rsid w:val="00424BB2"/>
     <w:rsid w:val="00426E90"/>
     <w:rsid w:val="00427BEF"/>
     <w:rsid w:val="00430BC8"/>
     <w:rsid w:val="00431174"/>
+    <w:rsid w:val="004322AB"/>
     <w:rsid w:val="00436FF2"/>
     <w:rsid w:val="004405EE"/>
     <w:rsid w:val="00440E79"/>
     <w:rsid w:val="00445FE6"/>
     <w:rsid w:val="0044609D"/>
     <w:rsid w:val="004462FE"/>
     <w:rsid w:val="00446719"/>
     <w:rsid w:val="004467CE"/>
     <w:rsid w:val="00447900"/>
     <w:rsid w:val="00450BCF"/>
     <w:rsid w:val="0045196B"/>
     <w:rsid w:val="00453D43"/>
     <w:rsid w:val="00455906"/>
     <w:rsid w:val="00456FD8"/>
     <w:rsid w:val="004575C8"/>
     <w:rsid w:val="00463C2B"/>
     <w:rsid w:val="00470E3E"/>
     <w:rsid w:val="00471018"/>
     <w:rsid w:val="00471358"/>
     <w:rsid w:val="00473308"/>
     <w:rsid w:val="00473B00"/>
     <w:rsid w:val="00481732"/>
     <w:rsid w:val="00481808"/>
     <w:rsid w:val="00482BFB"/>
     <w:rsid w:val="00484FD1"/>
@@ -11244,159 +11010,164 @@
     <w:rsid w:val="005B0C00"/>
     <w:rsid w:val="005B2B46"/>
     <w:rsid w:val="005B392B"/>
     <w:rsid w:val="005B4E64"/>
     <w:rsid w:val="005B7E88"/>
     <w:rsid w:val="005C2218"/>
     <w:rsid w:val="005C4537"/>
     <w:rsid w:val="005D0D9F"/>
     <w:rsid w:val="005E026C"/>
     <w:rsid w:val="005E4194"/>
     <w:rsid w:val="005E7CBA"/>
     <w:rsid w:val="005E7E49"/>
     <w:rsid w:val="005F3583"/>
     <w:rsid w:val="00600E76"/>
     <w:rsid w:val="00606BB4"/>
     <w:rsid w:val="00611DC5"/>
     <w:rsid w:val="006121CA"/>
     <w:rsid w:val="0061305B"/>
     <w:rsid w:val="00615186"/>
     <w:rsid w:val="00617004"/>
     <w:rsid w:val="00620B53"/>
     <w:rsid w:val="00621946"/>
     <w:rsid w:val="006245AE"/>
     <w:rsid w:val="00626993"/>
     <w:rsid w:val="006341AC"/>
+    <w:rsid w:val="00642B49"/>
     <w:rsid w:val="00646027"/>
     <w:rsid w:val="00650336"/>
     <w:rsid w:val="00650C1A"/>
     <w:rsid w:val="006524BD"/>
     <w:rsid w:val="0065265A"/>
     <w:rsid w:val="006571CA"/>
     <w:rsid w:val="006606FA"/>
     <w:rsid w:val="00662EAB"/>
     <w:rsid w:val="00663E07"/>
     <w:rsid w:val="00663F23"/>
     <w:rsid w:val="006649A9"/>
     <w:rsid w:val="00665FB0"/>
     <w:rsid w:val="006752DD"/>
     <w:rsid w:val="0067539F"/>
     <w:rsid w:val="006801DB"/>
     <w:rsid w:val="00684006"/>
     <w:rsid w:val="00684D47"/>
     <w:rsid w:val="00684DB8"/>
     <w:rsid w:val="00685BB3"/>
     <w:rsid w:val="00685C5D"/>
     <w:rsid w:val="00686CEC"/>
     <w:rsid w:val="00687828"/>
     <w:rsid w:val="00691F5A"/>
     <w:rsid w:val="00693004"/>
+    <w:rsid w:val="00694AC1"/>
     <w:rsid w:val="00697CF3"/>
     <w:rsid w:val="006A00AD"/>
     <w:rsid w:val="006A084C"/>
     <w:rsid w:val="006A0AD1"/>
     <w:rsid w:val="006A109E"/>
     <w:rsid w:val="006A1AEE"/>
     <w:rsid w:val="006B01EA"/>
     <w:rsid w:val="006B24D4"/>
     <w:rsid w:val="006B3AE9"/>
     <w:rsid w:val="006B61EB"/>
     <w:rsid w:val="006B6C73"/>
     <w:rsid w:val="006B7F19"/>
     <w:rsid w:val="006C0767"/>
     <w:rsid w:val="006C08FE"/>
     <w:rsid w:val="006C26B7"/>
     <w:rsid w:val="006C6B5A"/>
     <w:rsid w:val="006C6C7D"/>
     <w:rsid w:val="006C7E1D"/>
     <w:rsid w:val="006D0EC0"/>
     <w:rsid w:val="006D5FDD"/>
     <w:rsid w:val="006E622F"/>
     <w:rsid w:val="006E6345"/>
     <w:rsid w:val="006F3155"/>
     <w:rsid w:val="006F3A11"/>
     <w:rsid w:val="00700450"/>
     <w:rsid w:val="0070686F"/>
     <w:rsid w:val="007125A5"/>
+    <w:rsid w:val="0071514B"/>
     <w:rsid w:val="00715BA5"/>
     <w:rsid w:val="00716CD0"/>
     <w:rsid w:val="00720AAB"/>
     <w:rsid w:val="0072208B"/>
     <w:rsid w:val="00722BB0"/>
     <w:rsid w:val="00724763"/>
     <w:rsid w:val="007256A5"/>
     <w:rsid w:val="007279A8"/>
     <w:rsid w:val="00736920"/>
     <w:rsid w:val="0073697E"/>
     <w:rsid w:val="007408B4"/>
     <w:rsid w:val="00740B84"/>
     <w:rsid w:val="0074293D"/>
     <w:rsid w:val="00742FD9"/>
     <w:rsid w:val="00743A90"/>
     <w:rsid w:val="00751948"/>
     <w:rsid w:val="00751A20"/>
     <w:rsid w:val="0075263A"/>
     <w:rsid w:val="007536BC"/>
     <w:rsid w:val="00753AA3"/>
     <w:rsid w:val="007547CA"/>
     <w:rsid w:val="0075579A"/>
     <w:rsid w:val="0075770D"/>
     <w:rsid w:val="007603EB"/>
     <w:rsid w:val="00762803"/>
     <w:rsid w:val="00763A58"/>
     <w:rsid w:val="007648EE"/>
     <w:rsid w:val="00765949"/>
     <w:rsid w:val="00767C08"/>
     <w:rsid w:val="00770197"/>
     <w:rsid w:val="007708A0"/>
     <w:rsid w:val="00774D39"/>
     <w:rsid w:val="0077710B"/>
     <w:rsid w:val="00780164"/>
     <w:rsid w:val="007808EF"/>
+    <w:rsid w:val="007814BC"/>
     <w:rsid w:val="00783A2C"/>
     <w:rsid w:val="0078557E"/>
     <w:rsid w:val="00790752"/>
     <w:rsid w:val="007934ED"/>
     <w:rsid w:val="00793643"/>
     <w:rsid w:val="00797AB5"/>
     <w:rsid w:val="007A33A0"/>
     <w:rsid w:val="007A4016"/>
     <w:rsid w:val="007A51B3"/>
     <w:rsid w:val="007A64A9"/>
     <w:rsid w:val="007A79B9"/>
     <w:rsid w:val="007B14ED"/>
     <w:rsid w:val="007B2DB3"/>
     <w:rsid w:val="007B4A17"/>
     <w:rsid w:val="007B4B8F"/>
     <w:rsid w:val="007B5EE4"/>
     <w:rsid w:val="007B617C"/>
     <w:rsid w:val="007B7C65"/>
     <w:rsid w:val="007C13F8"/>
     <w:rsid w:val="007C1CA7"/>
     <w:rsid w:val="007C68DA"/>
     <w:rsid w:val="007C741F"/>
     <w:rsid w:val="007D1257"/>
+    <w:rsid w:val="007D1360"/>
     <w:rsid w:val="007D2710"/>
     <w:rsid w:val="007D2A04"/>
     <w:rsid w:val="007D359C"/>
     <w:rsid w:val="007D4919"/>
     <w:rsid w:val="007D4A32"/>
     <w:rsid w:val="007D63D1"/>
     <w:rsid w:val="007E2313"/>
     <w:rsid w:val="007F4254"/>
     <w:rsid w:val="007F4D7A"/>
     <w:rsid w:val="007F63F8"/>
     <w:rsid w:val="007F76AE"/>
     <w:rsid w:val="007F7A2F"/>
     <w:rsid w:val="008016FB"/>
     <w:rsid w:val="00802FD6"/>
     <w:rsid w:val="00810F43"/>
     <w:rsid w:val="00811B1B"/>
     <w:rsid w:val="00812DF9"/>
     <w:rsid w:val="00813BAB"/>
     <w:rsid w:val="00814B93"/>
     <w:rsid w:val="00816F00"/>
     <w:rsid w:val="00817427"/>
     <w:rsid w:val="0082243B"/>
     <w:rsid w:val="00824868"/>
     <w:rsid w:val="00824A50"/>
     <w:rsid w:val="0083030D"/>
@@ -11494,50 +11265,51 @@
     <w:rsid w:val="009937E0"/>
     <w:rsid w:val="009954B5"/>
     <w:rsid w:val="009A289F"/>
     <w:rsid w:val="009A28CA"/>
     <w:rsid w:val="009A28D7"/>
     <w:rsid w:val="009A2F28"/>
     <w:rsid w:val="009A5373"/>
     <w:rsid w:val="009A5A0A"/>
     <w:rsid w:val="009A6435"/>
     <w:rsid w:val="009A7889"/>
     <w:rsid w:val="009B1E1E"/>
     <w:rsid w:val="009B3931"/>
     <w:rsid w:val="009B4556"/>
     <w:rsid w:val="009B4D46"/>
     <w:rsid w:val="009B51BE"/>
     <w:rsid w:val="009B5665"/>
     <w:rsid w:val="009C2A87"/>
     <w:rsid w:val="009C3010"/>
     <w:rsid w:val="009C34F6"/>
     <w:rsid w:val="009C6866"/>
     <w:rsid w:val="009C68A4"/>
     <w:rsid w:val="009D09AC"/>
     <w:rsid w:val="009D2736"/>
     <w:rsid w:val="009D28C4"/>
     <w:rsid w:val="009D4FC7"/>
+    <w:rsid w:val="009D5B32"/>
     <w:rsid w:val="009E2904"/>
     <w:rsid w:val="009E369F"/>
     <w:rsid w:val="009E3BC1"/>
     <w:rsid w:val="009E68E9"/>
     <w:rsid w:val="009F29FB"/>
     <w:rsid w:val="009F2CE6"/>
     <w:rsid w:val="009F337B"/>
     <w:rsid w:val="009F36C9"/>
     <w:rsid w:val="009F4072"/>
     <w:rsid w:val="009F5397"/>
     <w:rsid w:val="00A00D0C"/>
     <w:rsid w:val="00A01EC4"/>
     <w:rsid w:val="00A0213B"/>
     <w:rsid w:val="00A03526"/>
     <w:rsid w:val="00A049D8"/>
     <w:rsid w:val="00A05AF0"/>
     <w:rsid w:val="00A066DC"/>
     <w:rsid w:val="00A1094C"/>
     <w:rsid w:val="00A10D82"/>
     <w:rsid w:val="00A14A80"/>
     <w:rsid w:val="00A16768"/>
     <w:rsid w:val="00A20DEB"/>
     <w:rsid w:val="00A22B3E"/>
     <w:rsid w:val="00A23A7B"/>
     <w:rsid w:val="00A2491A"/>
@@ -11593,50 +11365,51 @@
     <w:rsid w:val="00AC5D0F"/>
     <w:rsid w:val="00AD7E19"/>
     <w:rsid w:val="00AE00CA"/>
     <w:rsid w:val="00AE35B2"/>
     <w:rsid w:val="00AE38F0"/>
     <w:rsid w:val="00AE6219"/>
     <w:rsid w:val="00AF0C1E"/>
     <w:rsid w:val="00AF48E7"/>
     <w:rsid w:val="00AF6E13"/>
     <w:rsid w:val="00AF6FA3"/>
     <w:rsid w:val="00AF72C1"/>
     <w:rsid w:val="00B014F3"/>
     <w:rsid w:val="00B022DD"/>
     <w:rsid w:val="00B02F3D"/>
     <w:rsid w:val="00B04416"/>
     <w:rsid w:val="00B046F5"/>
     <w:rsid w:val="00B07C4E"/>
     <w:rsid w:val="00B106FB"/>
     <w:rsid w:val="00B20E46"/>
     <w:rsid w:val="00B231C4"/>
     <w:rsid w:val="00B23218"/>
     <w:rsid w:val="00B241F2"/>
     <w:rsid w:val="00B272CB"/>
     <w:rsid w:val="00B279AB"/>
     <w:rsid w:val="00B300A5"/>
+    <w:rsid w:val="00B350CC"/>
     <w:rsid w:val="00B41A92"/>
     <w:rsid w:val="00B4201B"/>
     <w:rsid w:val="00B44C63"/>
     <w:rsid w:val="00B45DDC"/>
     <w:rsid w:val="00B46AEA"/>
     <w:rsid w:val="00B46D99"/>
     <w:rsid w:val="00B508BD"/>
     <w:rsid w:val="00B50DAF"/>
     <w:rsid w:val="00B51674"/>
     <w:rsid w:val="00B51B90"/>
     <w:rsid w:val="00B55711"/>
     <w:rsid w:val="00B606FB"/>
     <w:rsid w:val="00B60EFA"/>
     <w:rsid w:val="00B60FDE"/>
     <w:rsid w:val="00B64106"/>
     <w:rsid w:val="00B70CBC"/>
     <w:rsid w:val="00B76716"/>
     <w:rsid w:val="00B77896"/>
     <w:rsid w:val="00B8062A"/>
     <w:rsid w:val="00B91832"/>
     <w:rsid w:val="00B92B0B"/>
     <w:rsid w:val="00B95A96"/>
     <w:rsid w:val="00B965A7"/>
     <w:rsid w:val="00BA069A"/>
     <w:rsid w:val="00BA1572"/>
@@ -11684,94 +11457,97 @@
     <w:rsid w:val="00C35085"/>
     <w:rsid w:val="00C5135D"/>
     <w:rsid w:val="00C52CEC"/>
     <w:rsid w:val="00C54710"/>
     <w:rsid w:val="00C54E37"/>
     <w:rsid w:val="00C560B1"/>
     <w:rsid w:val="00C56B4C"/>
     <w:rsid w:val="00C56C1E"/>
     <w:rsid w:val="00C57348"/>
     <w:rsid w:val="00C6038D"/>
     <w:rsid w:val="00C6353C"/>
     <w:rsid w:val="00C65BC9"/>
     <w:rsid w:val="00C66030"/>
     <w:rsid w:val="00C660BC"/>
     <w:rsid w:val="00C7026C"/>
     <w:rsid w:val="00C71FB0"/>
     <w:rsid w:val="00C751CC"/>
     <w:rsid w:val="00C7644C"/>
     <w:rsid w:val="00C77F33"/>
     <w:rsid w:val="00C82A8B"/>
     <w:rsid w:val="00C83DD5"/>
     <w:rsid w:val="00C85C58"/>
     <w:rsid w:val="00C85EF7"/>
     <w:rsid w:val="00C91B52"/>
     <w:rsid w:val="00C92243"/>
+    <w:rsid w:val="00C924A3"/>
     <w:rsid w:val="00C96EFF"/>
     <w:rsid w:val="00CA053C"/>
     <w:rsid w:val="00CA0A11"/>
     <w:rsid w:val="00CA0A49"/>
     <w:rsid w:val="00CA10E0"/>
     <w:rsid w:val="00CA1689"/>
     <w:rsid w:val="00CA2243"/>
     <w:rsid w:val="00CA33DE"/>
     <w:rsid w:val="00CA39FE"/>
     <w:rsid w:val="00CA43F7"/>
     <w:rsid w:val="00CB14BF"/>
     <w:rsid w:val="00CB3438"/>
     <w:rsid w:val="00CB3506"/>
     <w:rsid w:val="00CB3631"/>
     <w:rsid w:val="00CB581B"/>
     <w:rsid w:val="00CC2D13"/>
     <w:rsid w:val="00CC57C3"/>
     <w:rsid w:val="00CC6080"/>
     <w:rsid w:val="00CC6ACC"/>
     <w:rsid w:val="00CD25FF"/>
     <w:rsid w:val="00CD3FF3"/>
     <w:rsid w:val="00CD4470"/>
     <w:rsid w:val="00CD734F"/>
     <w:rsid w:val="00CE4505"/>
     <w:rsid w:val="00CE5A25"/>
     <w:rsid w:val="00CE5DB9"/>
     <w:rsid w:val="00CE7DC2"/>
     <w:rsid w:val="00CF021A"/>
     <w:rsid w:val="00CF0664"/>
     <w:rsid w:val="00CF4AAB"/>
     <w:rsid w:val="00CF7AAC"/>
     <w:rsid w:val="00D02591"/>
     <w:rsid w:val="00D035AA"/>
     <w:rsid w:val="00D0415F"/>
     <w:rsid w:val="00D05462"/>
     <w:rsid w:val="00D06714"/>
     <w:rsid w:val="00D14346"/>
     <w:rsid w:val="00D174F7"/>
     <w:rsid w:val="00D17657"/>
     <w:rsid w:val="00D211BD"/>
     <w:rsid w:val="00D21D21"/>
+    <w:rsid w:val="00D21D37"/>
     <w:rsid w:val="00D21FE2"/>
     <w:rsid w:val="00D222F6"/>
     <w:rsid w:val="00D26242"/>
+    <w:rsid w:val="00D27391"/>
     <w:rsid w:val="00D32C81"/>
     <w:rsid w:val="00D348E1"/>
     <w:rsid w:val="00D37DE3"/>
     <w:rsid w:val="00D44829"/>
     <w:rsid w:val="00D45640"/>
     <w:rsid w:val="00D46E7B"/>
     <w:rsid w:val="00D47EF2"/>
     <w:rsid w:val="00D50B89"/>
     <w:rsid w:val="00D50E76"/>
     <w:rsid w:val="00D5108D"/>
     <w:rsid w:val="00D5116A"/>
     <w:rsid w:val="00D5116D"/>
     <w:rsid w:val="00D54511"/>
     <w:rsid w:val="00D54B0B"/>
     <w:rsid w:val="00D5505E"/>
     <w:rsid w:val="00D60592"/>
     <w:rsid w:val="00D6099E"/>
     <w:rsid w:val="00D60AFA"/>
     <w:rsid w:val="00D610F3"/>
     <w:rsid w:val="00D62A8F"/>
     <w:rsid w:val="00D64369"/>
     <w:rsid w:val="00D65A5A"/>
     <w:rsid w:val="00D70B68"/>
     <w:rsid w:val="00D729B5"/>
     <w:rsid w:val="00D73947"/>
@@ -11780,50 +11556,51 @@
     <w:rsid w:val="00D818F7"/>
     <w:rsid w:val="00D83DA9"/>
     <w:rsid w:val="00D928F5"/>
     <w:rsid w:val="00D944EA"/>
     <w:rsid w:val="00D94503"/>
     <w:rsid w:val="00DA2343"/>
     <w:rsid w:val="00DA50B6"/>
     <w:rsid w:val="00DB4565"/>
     <w:rsid w:val="00DB5B78"/>
     <w:rsid w:val="00DC35E2"/>
     <w:rsid w:val="00DC55A2"/>
     <w:rsid w:val="00DC6D4C"/>
     <w:rsid w:val="00DD10C1"/>
     <w:rsid w:val="00DD5C91"/>
     <w:rsid w:val="00DE25A9"/>
     <w:rsid w:val="00DE278B"/>
     <w:rsid w:val="00DE27EC"/>
     <w:rsid w:val="00DE49D0"/>
     <w:rsid w:val="00DE4ED9"/>
     <w:rsid w:val="00DE68DF"/>
     <w:rsid w:val="00DF129B"/>
     <w:rsid w:val="00DF1C98"/>
     <w:rsid w:val="00DF3FEA"/>
     <w:rsid w:val="00DF630C"/>
     <w:rsid w:val="00DF7785"/>
+    <w:rsid w:val="00E16612"/>
     <w:rsid w:val="00E22709"/>
     <w:rsid w:val="00E26DB2"/>
     <w:rsid w:val="00E27162"/>
     <w:rsid w:val="00E3164B"/>
     <w:rsid w:val="00E31F0B"/>
     <w:rsid w:val="00E33C1C"/>
     <w:rsid w:val="00E33CF2"/>
     <w:rsid w:val="00E36878"/>
     <w:rsid w:val="00E3767B"/>
     <w:rsid w:val="00E4092B"/>
     <w:rsid w:val="00E40E59"/>
     <w:rsid w:val="00E410FF"/>
     <w:rsid w:val="00E44C92"/>
     <w:rsid w:val="00E44F3D"/>
     <w:rsid w:val="00E51DE1"/>
     <w:rsid w:val="00E539C1"/>
     <w:rsid w:val="00E53A1C"/>
     <w:rsid w:val="00E54E33"/>
     <w:rsid w:val="00E573FC"/>
     <w:rsid w:val="00E574B2"/>
     <w:rsid w:val="00E57BCA"/>
     <w:rsid w:val="00E610D4"/>
     <w:rsid w:val="00E61F87"/>
     <w:rsid w:val="00E655D5"/>
     <w:rsid w:val="00E66FB9"/>
@@ -11877,103 +11654,102 @@
     <w:rsid w:val="00F40132"/>
     <w:rsid w:val="00F41547"/>
     <w:rsid w:val="00F45860"/>
     <w:rsid w:val="00F46565"/>
     <w:rsid w:val="00F47818"/>
     <w:rsid w:val="00F50B11"/>
     <w:rsid w:val="00F50E1E"/>
     <w:rsid w:val="00F517AB"/>
     <w:rsid w:val="00F51FE3"/>
     <w:rsid w:val="00F52DD2"/>
     <w:rsid w:val="00F52E5A"/>
     <w:rsid w:val="00F53324"/>
     <w:rsid w:val="00F55E86"/>
     <w:rsid w:val="00F56244"/>
     <w:rsid w:val="00F61F1F"/>
     <w:rsid w:val="00F66860"/>
     <w:rsid w:val="00F67368"/>
     <w:rsid w:val="00F67EAA"/>
     <w:rsid w:val="00F7233D"/>
     <w:rsid w:val="00F725FF"/>
     <w:rsid w:val="00F76687"/>
     <w:rsid w:val="00F80778"/>
     <w:rsid w:val="00F80C56"/>
     <w:rsid w:val="00F81673"/>
     <w:rsid w:val="00F82CEE"/>
+    <w:rsid w:val="00F83C78"/>
     <w:rsid w:val="00F86CEC"/>
     <w:rsid w:val="00F91B92"/>
     <w:rsid w:val="00F92752"/>
     <w:rsid w:val="00F94514"/>
     <w:rsid w:val="00F96C88"/>
     <w:rsid w:val="00FA1DBD"/>
     <w:rsid w:val="00FA7548"/>
     <w:rsid w:val="00FB7762"/>
     <w:rsid w:val="00FC1D4F"/>
     <w:rsid w:val="00FC1E45"/>
     <w:rsid w:val="00FC237F"/>
     <w:rsid w:val="00FC2A6C"/>
     <w:rsid w:val="00FC6AD1"/>
     <w:rsid w:val="00FD1B39"/>
     <w:rsid w:val="00FD25C5"/>
     <w:rsid w:val="00FD61A3"/>
     <w:rsid w:val="00FE0754"/>
     <w:rsid w:val="00FE0E8A"/>
     <w:rsid w:val="00FE1428"/>
     <w:rsid w:val="00FE1648"/>
     <w:rsid w:val="00FE3CC2"/>
     <w:rsid w:val="00FE4B74"/>
     <w:rsid w:val="00FE4F86"/>
     <w:rsid w:val="00FE68FD"/>
     <w:rsid w:val="00FF002F"/>
     <w:rsid w:val="00FF051B"/>
     <w:rsid w:val="00FF0D9D"/>
     <w:rsid w:val="00FF0F25"/>
     <w:rsid w:val="00FF2EE2"/>
     <w:rsid w:val="00FF3458"/>
     <w:rsid w:val="00FF3AC9"/>
     <w:rsid w:val="00FF43A8"/>
     <w:rsid w:val="00FF6672"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="426916BA"/>
   <w15:docId w15:val="{B731FA8C-2677-4C81-BDBF-E821433B38E4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="2" w:qFormat="1"/>
@@ -12718,95 +12494,94 @@
     </w:pPr>
     <w:rPr>
       <w:color w:val="262626"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AbstractGreyTextChar">
     <w:name w:val="Abstract Grey Text Char"/>
     <w:link w:val="AbstractGreyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="005A1152"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="262626"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Authorship">
     <w:name w:val="Authorship"/>
     <w:link w:val="AuthorshipChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003551B6"/>
+    <w:rsid w:val="0014036F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="120" w:line="240" w:lineRule="exact"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
-      <w:color w:val="E88D15"/>
+      <w:color w:val="FFA41C"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AuthorshipChar">
     <w:name w:val="Authorship Char"/>
     <w:link w:val="Authorship"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00E911B6"/>
+    <w:rsid w:val="0014036F"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
-      <w:color w:val="E88D15"/>
+      <w:color w:val="FFA41C"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AuthorBio">
     <w:name w:val="Author Bio"/>
     <w:basedOn w:val="Authorship"/>
     <w:next w:val="Normal"/>
     <w:link w:val="AuthorBioChar"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003D1862"/>
     <w:pPr>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
-      <w:color w:val="FFA41C"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AuthorBioChar">
     <w:name w:val="Author Bio Char"/>
     <w:basedOn w:val="AuthorshipChar"/>
     <w:link w:val="AuthorBio"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="003D1862"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b w:val="0"/>
       <w:color w:val="FFA41C"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="KeywordsTitle">
     <w:name w:val="Keywords Title"/>
     <w:basedOn w:val="AbstractTitle"/>
     <w:next w:val="KeywordsList"/>
     <w:link w:val="KeywordsTitleChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="000B71DA"/>
     <w:rPr>
@@ -13158,53 +12933,53 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:noProof/>
       <w:color w:val="7F7F7F"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ttulodellibro">
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00420A06"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="orangetext">
     <w:name w:val="orange text"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00226F4A"/>
+    <w:rsid w:val="0014036F"/>
     <w:rPr>
-      <w:color w:val="E88D15"/>
+      <w:color w:val="FFA41C"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citadestacada">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitadestacadaCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00490B34"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="4" w:color="F0A22E"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="936" w:right="936"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
@@ -13305,68 +13080,68 @@
     <w:link w:val="TextoindependienteCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006571CA"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
     <w:name w:val="Texto independiente Car"/>
     <w:link w:val="Textoindependiente"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008E6016"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="404040"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cita">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitaCar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF3AC9"/>
+    <w:rsid w:val="000D016E"/>
     <w:pPr>
       <w:spacing w:before="120" w:line="240" w:lineRule="exact"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
-      <w:color w:val="7F7F7F"/>
+      <w:color w:val="282828"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitaCar">
     <w:name w:val="Cita Car"/>
     <w:link w:val="Cita"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00FF3AC9"/>
+    <w:rsid w:val="000D016E"/>
     <w:rPr>
       <w:iCs/>
-      <w:color w:val="7F7F7F"/>
+      <w:color w:val="282828"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="es-MX" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="Orange Bullet Lists"/>
     <w:next w:val="Normal"/>
     <w:link w:val="PrrafodelistaCar"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002F69A7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
@@ -16789,51 +16564,51 @@
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="90"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.org/details/TheStructureOfEvolutionaryTheory" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/asi.24843" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1594/PANGAEA.962075" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.usgs.gov/bul/0770/report.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41597-023-02269-x" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.code4lib.org/articles/7818" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/asi.22634" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1594/PANGAEA.849054" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/xyzxyzxyz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6087/kcse.184" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.org/details/principlesgeolo00lyelgoog/page/n5/mode/2up" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0078080" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/2027.42/108953" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.pitt.edu/e-journals" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deepl.com/pt-PT/translator" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.pageplace.de/preview/DT0400.9783111667751_A40793869/preview-9783111667751_A40793869.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0129506" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/3.0/us/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.pitt.edu/e-journals" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deepl.com/pt-PT/translator" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.usgs.gov/bul/0770/report.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41597-023-02269-x" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.code4lib.org/articles/7818" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1594/PANGAEA.849054" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/xyzxyzxyz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/asi.22634" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6087/kcse.184" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.org/details/principlesgeolo00lyelgoog/page/n5/mode/2up" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/2027.42/108953" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0078080" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.pitt.edu/e-journals" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.pageplace.de/preview/DT0400.9783111667751_A40793869/preview-9783111667751_A40793869.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0129506" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/3.0/us/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deepl.com/pt-PT/translator" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/asi.24843" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.pitt.edu/e-journals" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deepl.com/pt-PT/translator" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.org/details/TheStructureOfEvolutionaryTheory" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1594/PANGAEA.962075" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deepl.com/pt-PT/translator" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biblios.pitt.edu/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biblios.pitt.edu/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biblios.pitt.edu/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
 </file>
@@ -17120,94 +16895,94 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D947C92-F4A3-4087-A4D0-48720E179D66}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78E11F17-83D1-440D-A112-3A69B3877CA4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>3280</Words>
-  <Characters>18041</Characters>
+  <Words>3294</Words>
+  <Characters>18121</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>150</Lines>
+  <Lines>151</Lines>
   <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21279</CharactersWithSpaces>
+  <CharactersWithSpaces>21373</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="576" baseType="variant">
       <vt:variant>
         <vt:i4>7077991</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>279</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.upress.pitt.edu/upressIndex.aspx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3670065</vt:i4>
       </vt:variant>
       <vt:variant>