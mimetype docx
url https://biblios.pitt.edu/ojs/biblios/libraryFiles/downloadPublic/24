--- v0 (2025-10-15)
+++ v1 (2025-12-24)
@@ -1,11830 +1,3859 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="01703F9B" w14:textId="30EC5446" w:rsidR="00973D04" w:rsidRPr="00E83942" w:rsidRDefault="00E83942" w:rsidP="00880441">
-[...11 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="009775A1" w:rsidRDefault="009775A1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRDefault="009775A1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRDefault="009775A1"/>
+    <w:p w:rsidR="00973353" w:rsidRPr="00722BB0" w:rsidRDefault="00973353" w:rsidP="00973353">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00973353" w:rsidRPr="00663E07" w:rsidRDefault="00973353" w:rsidP="00997050">
+      <w:pPr>
+        <w:pStyle w:val="AuthorBio"/>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...133 lines deleted...]
-        <w:rPr>
           <w:noProof/>
-          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0AC0E4A8" wp14:editId="529D68A5">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CE34D22" wp14:editId="5712C3C7">
+                <wp:extent cx="5931677" cy="266700"/>
+                <wp:effectExtent l="0" t="0" r="0" b="19050"/>
                 <wp:docPr id="21180153" name="Group 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5743575" cy="266700"/>
+                          <a:ext cx="5931677" cy="266700"/>
                           <a:chOff x="1487" y="4073"/>
-                          <a:chExt cx="9313" cy="420"/>
+                          <a:chExt cx="9618" cy="420"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="742497148" name="Text Box 3"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="7620" y="4073"/>
-                            <a:ext cx="3180" cy="420"/>
+                            <a:ext cx="3485" cy="420"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="FFA11C"/>
                           </a:solidFill>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:effectLst/>
                           <a:extLst>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="38100">
                                 <a:solidFill>
                                   <a:srgbClr val="F2F2F2"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:effectLst>
                                   <a:outerShdw dist="28398" dir="3806097" algn="ctr" rotWithShape="0">
                                     <a:srgbClr val="845209">
                                       <a:alpha val="50000"/>
                                     </a:srgbClr>
                                   </a:outerShdw>
                                 </a:effectLst>
                               </a14:hiddenEffects>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="3A9B0E33" w14:textId="77777777" w:rsidR="00190D33" w:rsidRPr="00312777" w:rsidRDefault="00190D33" w:rsidP="00D65A5A">
+                            <w:p w:rsidR="00973353" w:rsidRPr="00C76395" w:rsidRDefault="00F627E0" w:rsidP="00C76395">
                               <w:pPr>
-                                <w:pStyle w:val="DocumentStyle"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                  <w:lang w:val="pt-BR"/>
+                                </w:rPr>
                               </w:pPr>
                               <w:r>
-                                <w:t>original</w:t>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                  <w:lang w:val="pt-BR"/>
+                                </w:rPr>
+                                <w:t>Publishing data</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1707188015" name="AutoShape 4"/>
                         <wps:cNvCnPr>
                           <a:cxnSpLocks noChangeShapeType="1"/>
                         </wps:cNvCnPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="1487" y="4478"/>
                             <a:ext cx="9313" cy="0"/>
                           </a:xfrm>
                           <a:prstGeom prst="straightConnector1">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="19050">
                             <a:solidFill>
                               <a:srgbClr val="FFA11C"/>
                             </a:solidFill>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:noFill/>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="0AC0E4A8" id="Group 2" o:spid="_x0000_s1026" style="width:452.25pt;height:21pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordorigin="1487,4073" coordsize="9313,420" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBc/bQWOgQAAIwKAAAOAAAAZHJzL2Uyb0RvYy54bWy8Vm2PozYQ/l6p/8HiOxsMJrxo2VNCwqrS&#10;tj1pt+pnBwiggk1tZ5Nt1f/esU1e71Z3uquaSMjG9njmmXme4f7DYejRay1kx1nm4DvPQTUredWx&#10;JnN+eync2EFSUVbRnrM6c95q6Xx4+PGH+/2Y1j5veV/VAoERJtP9mDmtUmM6m8myrQcq7/hYM1jc&#10;cjFQBVPRzCpB92B96Ge+581ney6qUfCylhLeruyi82Dsb7d1qX7dbmWtUJ854JsyT2GeG/2cPdzT&#10;tBF0bLtycoN+gxcD7RhcejK1ooqineg+MTV0peCSb9VdyYcZ3267sjYxQDTYu4nmUfDdaGJp0n0z&#10;nmACaG9w+maz5S+vHwXqqszxMY49HAYOYnSATJnLka8R2o9NChsfxfg8fhQ2TBg+8fIPCcuz23U9&#10;b+xmtNn/zCswR3eKG4QOWzFoExA7OphEvJ0SUR8UKuFlGJEgjEIHlbDmz+eRN2WqbCGd+hgmceQg&#10;WCVeFNgslu16Op4EGMLQZ4lvDs5oaq81rk6u6big6OQZV/l9uD63dKxNuqSGa8I1Ij5JIvD3COyL&#10;jnLJD8j4rX2AzRpYpA7wGmIzOEmLL2I8bylr6oUQfN/WtAIvsY4YYjkdtbFIbeRLgEdzwOQauSPs&#10;AVTA53Gj6Sikeqz5gPQgcwQwy7hJX5+k0t6ct+jsSt53VdH1vZmIZpP3Ar1SYGFRLDDOTQA323qm&#10;NzOuj1mL9k1teGyvoSk4C0O9U7ttOPZ3gn3iLf3ELeZx5JKChG4SebHr4WSZzD2SkFXxj3YXk7Tt&#10;qqpmTx2rj3zH5OvyPimPZaphPNpnThBjqE4T5vsx+wX8Pxfz0CnQv74bMif29M/Wss7zmlWAAk0V&#10;7Xo7nl37b0AHEK6xWBShB/SJ3SgKA5cEa89dxkXuLnIMRFov8+UaX2OxNvjK74fDOHJMlp7wHUT3&#10;3FZ7VHW6avw4SIAHVQcKHMTe3EuAxLRvoHWUSjhIcPV7p1pDJC0K2oa8LJ6YhL6X2MLrx5bakgqP&#10;wEERTtsNNqfrLVJnzy6AnII/Ywk2jiVmGKZJZemlDpsDZETTbsOrN+Aa+GsUDBogDFou/nLQHppJ&#10;5sg/d1TUDup/YsDXBBOiu4+ZkDDSDBSXK5vLFcpKMJU5CrAxw1zZjrUbRde0cJNVCMYXIKrbztDv&#10;7BWEoicgbP+TwuHIi3Csm8dR4rRfJomI6HqehCpntnmUBzY1j5O4mc0vbyM0iitts0f0+a/StnNX&#10;IFFsmaRFQreUc0+47ghn2ZqUTSpBNco5ZwxEjgsL9js6d1IrmvZMywFOvPCLcvCuBELDn1j/ngLA&#10;NRPfP1VBL1nH65i4xJ+vXeKtVu6iyIk7L3AUroJVnq9umK+V9r+h/QmHC2pZ+bd8OvLLOH3DK0sm&#10;rfinuoWR+eQxx6bPM/1NdTk3+88fkQ//AgAA//8DAFBLAwQUAAYACAAAACEAscwEk9wAAAAEAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm91NbUVjNqUU9VSEtkLpbZqdJqHZ2ZDd&#10;Jum/d/Wil4HHe7z3TbYYbSN66nztWEMyUSCIC2dqLjV87d4fnkH4gGywcUwaruRhkd/eZJgaN/CG&#10;+m0oRSxhn6KGKoQ2ldIXFVn0E9cSR+/kOoshyq6UpsMhlttGTpV6khZrjgsVtrSqqDhvL1bDx4DD&#10;8jF569fn0+p62M0/9+uEtL6/G5evIAKN4S8MP/gRHfLIdHQXNl40GuIj4fdG70XN5iCOGmZTBTLP&#10;5H/4/BsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBc/bQWOgQAAIwKAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCxzAST3AAAAAQBAAAPAAAAAAAA&#10;AAAAAAAAAJQGAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnQcAAAAA&#10;">
+              <v:group w14:anchorId="1CE34D22" id="Group 2" o:spid="_x0000_s1026" style="width:467.05pt;height:21pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordorigin="1487,4073" coordsize="9618,420" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJV93PPgQAAIwKAAAOAAAAZHJzL2Uyb0RvYy54bWy8Vm2PozYQ/l6p/8HiOxsMJrxo2VNCwqrS&#10;tj1pt+pnBwiggk1tZ5Nt1f/esU1e71Z3uquaSMjG9njmmXme4f7DYejRay1kx1nm4DvPQTUredWx&#10;JnN+eync2EFSUVbRnrM6c95q6Xx4+PGH+/2Y1j5veV/VAoERJtP9mDmtUmM6m8myrQcq7/hYM1jc&#10;cjFQBVPRzCpB92B96Ge+581ney6qUfCylhLeruyi82Dsb7d1qX7dbmWtUJ854JsyT2GeG/2cPdzT&#10;tBF0bLtycoN+gxcD7RhcejK1ooqineg+MTV0peCSb9VdyYcZ3267sjYxQDTYu4nmUfDdaGJp0n0z&#10;nmACaG9w+maz5S+vHwXqqszxMY49HAYOYnSATJnLka8R2o9NChsfxfg8fhQ2TBg+8fIPCcuz23U9&#10;b+xmtNn/zCswR3eKG4QOWzFoExA7OphEvJ0SUR8UKuFlmAR4HkUOKmHNn88jb8pU2UI69TFMYliG&#10;VeJFgc1i2a6n48kcQ9nps8Q3B2c0tdcaVyfXdFxQdPKMq/w+XJ9bOtYmXVLDNeEaEZ8kEfh7BPZF&#10;R7nkB2T81j7AZg0sUgd4DbEZnKTFFzGet5Q19UIIvm9rWoGXWEcMsZyO2likNvIlwKM5YHKN3BH2&#10;gMTh53Gj6Sikeqz5gPQgcwQwy7hJX5+k0t6ct+jsSt53VdH1vZmIZpP3Ar1SYGFRLDDOTQA323qm&#10;NzOuj1mL9k1teGyvoSk4C0O9U7ttOPZ3gn3iLf3ELeZx5JKChG4SebHr4WSZzD2SkFXxj3YXk7Tt&#10;qqpmTx2rj3zH5OvyPimPZaphPNpnThBjqE4T5vsx+wX8Pxfz0CnQv74bMif29M/Wss7zmlWAAk0V&#10;7Xo7nl37b0AHEK6xWBShF5EgdqMoDFwSrD13GRe5u8gxEGm9zJdrfI3F2uArvx8O48gxWXrCdxDd&#10;c1vtUdXpqvHjIAEeVB0ocBB7cy8BEtO+gdZRKuEgwdXvnWoNkbQoaBvysnhiEvpeYguvH1tqSyo8&#10;AgdFOG032Jyut0idPbsAcgr+jCXYOJaYYZgmlaWXOmwOkBFNuw2v3oBr4K9RMGiAMGi5+MtBe2gm&#10;mSP/3FFRO6j/iQFfE0yI7j5mQsJIM1BcrmwuVygrwVTmKMDGDHNlO9ZuFF3Twk1WIRhfgKhuO0O/&#10;s1cQip6AsP1PCocjL8Kxbh5HidN+mSQiout5Eqqc2eZRHtjUPE7iZja/vI3QKK60zR7R579K285d&#10;gUSxZZIWCd1SoKNAa9M94bojnGVrUjapBNUo55wxEDkuLNjv6NxJrWjaMy0HOPHCL8rBuxIIDX9i&#10;/XsKANdMfP9UBb1kHa9j4hJ/vnaJt1q5iyIn7rzAUbgKVnm+umG+Vtr/hvYnHC6oZeXf8unIL+P0&#10;Da8smbTin+oWRuaTxxybPs/0N9Xl3Ow/f0Q+/AsAAP//AwBQSwMEFAAGAAgAAAAhAJjMTVfcAAAA&#10;BAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91E7WlTbMRkbYnEdSCeBuzYxLM&#10;zobsmsR/362X9jLweI/3vkkXg6lFR62rLCuIJxEI4tzqigsF3/vPp1cQziNrrC2Tghs5WGSjhxQT&#10;bXveUrfzhQgl7BJUUHrfJFK6vCSDbmIb4uCdbWvQB9kWUrfYh3JTy2kUvUiDFYeFEhtalZRfdlej&#10;4KvHfjmLP7r15by6HffPm8M6JqUex8PyHYSnwf+F4Rc/oEMWmE72ytqJWkF4xN9v8N5m8xjEScF8&#10;GoHMUvkfPvsBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAyVfdzz4EAACMCgAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmMxNV9wAAAAEAQAADwAA&#10;AAAAAAAAAAAAAACYBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKEHAAAAAA==&#10;">
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
-                <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:7620;top:4073;width:3180;height:420;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAFxWvascA&#10;AADiAAAADwAAAGRycy9kb3ducmV2LnhtbERPz2vCMBS+D/wfwhvsMmbaUqarRhFB5mmjOt310Tzb&#10;suSlNpl2//1yEDx+fL/ny8EacaHet44VpOMEBHHldMu1gq/95mUKwgdkjcYxKfgjD8vF6GGOhXZX&#10;LumyC7WIIewLVNCE0BVS+qohi37sOuLInVxvMUTY11L3eI3h1sgsSV6lxZZjQ4MdrRuqfna/VoEx&#10;fOb3j+3q4Lp0+lx+Z/VneVTq6XFYzUAEGsJdfHNvtYJJnuVvkzSPm+OleAfk4h8AAP//AwBQSwEC&#10;LQAUAAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hh&#10;cGV4bWwueG1sUEsBAi0AFAAGAAgAAAAhABcVr2rHAAAA4gAAAA8AAAAAAAAAAAAAAAAAmAIAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACMAwAAAAA=&#10;" fillcolor="#ffa11c" stroked="f" strokecolor="#f2f2f2" strokeweight="3pt">
+                <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:7620;top:4073;width:3485;height:420;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAFxWvascA&#10;AADiAAAADwAAAGRycy9kb3ducmV2LnhtbERPz2vCMBS+D/wfwhvsMmbaUqarRhFB5mmjOt310Tzb&#10;suSlNpl2//1yEDx+fL/ny8EacaHet44VpOMEBHHldMu1gq/95mUKwgdkjcYxKfgjD8vF6GGOhXZX&#10;LumyC7WIIewLVNCE0BVS+qohi37sOuLInVxvMUTY11L3eI3h1sgsSV6lxZZjQ4MdrRuqfna/VoEx&#10;fOb3j+3q4Lp0+lx+Z/VneVTq6XFYzUAEGsJdfHNvtYJJnuVvkzSPm+OleAfk4h8AAP//AwBQSwEC&#10;LQAUAAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hh&#10;cGV4bWwueG1sUEsBAi0AFAAGAAgAAAAhABcVr2rHAAAA4gAAAA8AAAAAAAAAAAAAAAAAmAIAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACMAwAAAAA=&#10;" fillcolor="#ffa11c" stroked="f" strokecolor="#f2f2f2" strokeweight="3pt">
                   <v:shadow color="#845209" opacity=".5" offset="1pt"/>
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="3A9B0E33" w14:textId="77777777" w:rsidR="00190D33" w:rsidRPr="00312777" w:rsidRDefault="00190D33" w:rsidP="00D65A5A">
+                      <w:p w:rsidR="00973353" w:rsidRPr="00C76395" w:rsidRDefault="00F627E0" w:rsidP="00C76395">
                         <w:pPr>
-                          <w:pStyle w:val="DocumentStyle"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            <w:lang w:val="pt-BR"/>
+                          </w:rPr>
                         </w:pPr>
                         <w:r>
-                          <w:t>original</w:t>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            <w:lang w:val="pt-BR"/>
+                          </w:rPr>
+                          <w:t>Publishing data</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
                 <v:shape id="AutoShape 4" o:spid="_x0000_s1028" type="#_x0000_t32" style="position:absolute;left:1487;top:4478;width:9313;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAWsk6fMoAAADjAAAADwAAAGRycy9kb3ducmV2LnhtbERP3UvDMBB/F/Y/hBv4Ii6poCvdsrFN&#10;hIEPug9wj0dzNsXmUpps7fzrjSD4eL/vmy8H14gLdaH2rCGbKBDEpTc1VxqOh5f7HESIyAYbz6Th&#10;SgGWi9HNHAvje97RZR8rkUI4FKjBxtgWUobSksMw8S1x4j595zCms6uk6bBP4a6RD0o9SYc1pwaL&#10;LW0slV/7s9PwVp0/zKva9qf3593hLjtu1vb7qvXteFjNQEQa4r/4z701af5UTbM8V9kj/P6UAJCL&#10;HwAAAP//AwBQSwECLQAUAAYACAAAACEA/iXrpQABAADqAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQCWBTNY1AAAAJcBAAALAAAAAAAAAAAAAAAA&#10;ADEBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAUAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvY29ubmVjdG9yeG1sLnhtbFBLAQItABQABgAIAAAAIQBayTp8ygAAAOMAAAAPAAAA&#10;AAAAAAAAAAAAAKECAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABAD5AAAAmAMAAAAA&#10;" strokecolor="#ffa11c" strokeweight="1.5pt"/>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15641EB2" w14:textId="77777777" w:rsidR="0017099B" w:rsidRPr="00E83942" w:rsidRDefault="0017099B" w:rsidP="0017099B">
-[...1947 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00C76395" w:rsidRDefault="009775A1">
+      <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E83942">
-[...5023 lines deleted...]
-        <w:keepNext/>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F">
+      <w:pPr>
+        <w:keepLines/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:color w:val="E88D15"/>
+        <w:spacing w:before="200" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.51slsym6n2q9" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Car"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Publication data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00174DC3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="262626"/>
           <w:sz w:val="16"/>
-          <w:u w:val="single"/>
-[...22 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="16"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00D90469">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All authors must complete the information below according to the specified fields. This appendix must be included in the system as a supplementary document in Microsoft Word, </w:t>
+      </w:r>
+      <w:r w:rsidR="0057704F" w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>OpenOffice,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or RTF format. Completion from the "license for use" line onward is the responsibility of the editorial team.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00D90469">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Technical guidelines for completing this form:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00D90469">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1) When an author has more than one affiliation, each must be identified separately. If two or more authors are affiliated with the same institution, that institution must be identified only once. When the author has no institutional affiliation, the affiliation must be stated, indicating that the author is an independent researcher.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00D90469">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2) The names of the university, institute, and department must be given in full and in the original language of the institution or in the English version when the alphabet is not Latin. University professors must indicate the degree of career progression in their academic status, for example: Full Professor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C0DBF" w:rsidRPr="00F627E0" w:rsidRDefault="006C0DBF" w:rsidP="00D90469">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3) Do not change any font (font size, color, etc.) layout of this document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00BC785E" w:rsidP="00D90469">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) In order to promote the articles published on </w:t>
+      </w:r>
+      <w:r w:rsidR="00743F0F" w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Biblios social media </w:t>
+      </w:r>
+      <w:r w:rsidR="0057704F" w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>channels,</w:t>
+      </w:r>
+      <w:r w:rsidR="00743F0F" w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the author is invited to provide a profile image through the system, taking into account the following recommendations:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00482EF5">
+      <w:pPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a) Sending the image is optional and must be done immediately after submitting the article, and will not affect the evaluation process of the article;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00482EF5">
+      <w:pPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>b) If the author who has not sent his image has his article published, it will be published without his profile photo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00482EF5">
+      <w:pPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>c) In the case of articles with more than one author, only one of them should send a single message, and each photo should have a caption with the name of the author;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00482EF5">
+      <w:pPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>d) Each image must clearly represent the author's face, and its size must not exceed 1 MB;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00482EF5">
+      <w:pPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>e) The email subject line must include the title of the submitted article, preceded by the phrase "author photo." For example: "Author photo - The importance of open science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00482EF5">
+      <w:pPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>f) Biblios will not store the photos provided by the authors: they will be deleted if the article is rejected or after they have been used to publicize the published article;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00482EF5">
+      <w:pPr>
+        <w:ind w:left="851"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>g) Each author is responsible for the image they provide and, by submitting it, they agree to its use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D90469" w:rsidRPr="00F627E0" w:rsidRDefault="00D90469">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00C76395" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C76395">
+        <w:t>Title of the work</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB11A8" w:rsidRPr="00C76395">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00FB11A8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Enter the full title of the work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00997050" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00997050">
+        <w:t>Authorship data and consent for the use of personal image</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00EE2DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Enter the data completely:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB3FAD" w:rsidRPr="00F627E0" w:rsidRDefault="00EB3FAD" w:rsidP="00EE2DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRDefault="00743F0F" w:rsidP="00CC6458">
+      <w:pPr>
+        <w:pStyle w:val="Authorship"/>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00997050">
+        <w:t>First name Middle name Last name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="006249A7" w:rsidRDefault="00743F0F" w:rsidP="006249A7">
+      <w:pPr>
+        <w:pStyle w:val="AuthorBio-DataP"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006249A7">
+        <w:t>Highest academic qualification</w:t>
+      </w:r>
+      <w:r w:rsidR="008106E1" w:rsidRPr="006249A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="006249A7" w:rsidRDefault="00743F0F" w:rsidP="006249A7">
+      <w:pPr>
+        <w:pStyle w:val="AuthorBio-DataP"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006249A7">
+        <w:t>University, Department, City, State Acronym, Country</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="006249A7" w:rsidRDefault="00C101B7" w:rsidP="006249A7">
+      <w:pPr>
+        <w:pStyle w:val="AuthorBio-DataP"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidR="00743F0F" w:rsidRPr="006249A7">
+          <w:t>email@email.br</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00743F0F" w:rsidRPr="006249A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="006249A7" w:rsidRDefault="00C101B7" w:rsidP="006249A7">
+      <w:pPr>
+        <w:pStyle w:val="AuthorBio-DataP"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidR="00743F0F" w:rsidRPr="006249A7">
+          <w:t>https://orcid.org/0000-0002-1825-0097</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00743F0F" w:rsidRPr="006249A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="006249A7" w:rsidRDefault="00743F0F" w:rsidP="006249A7">
+      <w:pPr>
+        <w:pStyle w:val="AuthorBio-DataP"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006249A7">
+        <w:t>Mini biography</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="008F0382" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.44m3kv81smr6" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="008F0382">
+        <w:t>Correspondence address of the main author</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="008807E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Postal address indicating Street-Avenue, number, Postal Code, City, State Acronym, Country.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="008F0382" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0382">
+        <w:t>Originality</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="008807E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sample content: I declare that the text is original and is not being reviewed by any other publication. If I decide to cancel the publication process, I agree to immediately inform the Biblios Magazine editorial team so that the submission can be archived.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="008F0382" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0382">
+        <w:t>Preprints</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="008807E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Please report whether the manuscript has been submitted to a preprint platform. If so, please provide the name of the repository and the full reference of the article. The preprint policy is available at that platform.</w:t>
+      </w:r>
+      <w:r w:rsidR="006A2E75" w:rsidRPr="003C3867">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor=":~:text=Pol%C3%ADtica%20de%20Preprints%20Posprint%20de%20la%20Revista%20Biblios%C2%A0" w:history="1">
+        <w:r w:rsidR="006A2E75" w:rsidRPr="003C3867">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t xml:space="preserve">external </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId11" w:anchor=":~:text=Pol%C3%ADtica%20de%20Preprints%20Posprint%20de%20la%20Revista%20Biblios%C2%A0" w:history="1"/>
+      <w:hyperlink r:id="rId12" w:anchor=":~:text=Pol%C3%ADtica%20de%20Preprints%20Posprint%20de%20la%20Revista%20Biblios%C2%A0" w:history="1">
+        <w:r w:rsidR="006A2E75" w:rsidRPr="003C3867">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t xml:space="preserve">link </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId13" w:anchor=":~:text=Pol%C3%ADtica%20de%20Preprints%20Posprint%20de%20la%20Revista%20Biblios%C2%A0" w:history="1"/>
+      <w:hyperlink r:id="rId14" w:anchor=":~:text=Pol%C3%ADtica%20de%20Preprints%20Posprint%20de%20la%20Revista%20Biblios%C2%A0" w:history="1">
+        <w:r w:rsidR="006A2E75" w:rsidRPr="003C3867">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_heading=h.k0l507ui1hmh" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:t>Information about the job</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00023754">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All works published in Biblios Magazine </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>will be assigned</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a DOI.</w:t>
+      </w:r>
+      <w:r w:rsidR="00023754">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Please indicate whether the manuscript is a dissertation or thesis, indicating the title, author, university, and year of publication.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:t>Acknowledgements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="008807E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Insert acknowledgments to people who have contributed to the completion of the manuscript.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:t>Authors' contribution</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="008807E4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The roles describe each contributor's specific contribution to the scholarly output. Enter author information as examples, excluding anything else that </w:t>
+      </w:r>
+      <w:r w:rsidR="002914D2" w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>is not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applicable. First and last name initials, as in the example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="009775A1" w:rsidP="008807E4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00E00096">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manuscript conception and preparation: LS </w:t>
+      </w:r>
+      <w:r w:rsidR="00B16645" w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Surname,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JT </w:t>
+      </w:r>
+      <w:r w:rsidR="00B16645" w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Surname,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AP Surname</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00E00096">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data collection: LS </w:t>
+      </w:r>
+      <w:r w:rsidR="00B16645" w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Surname,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JT </w:t>
+      </w:r>
+      <w:r w:rsidR="00B16645" w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Surname,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AP Surname</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00E00096">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data Analysis: LS </w:t>
+      </w:r>
+      <w:r w:rsidR="00B16645" w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Surname,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JT Surname</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00E00096">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Discussion of the results: JT Surname</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00E00096">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Review and approval: AP Last name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00E00096">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If necessary, see other works at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="003C3867">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>https://credit.niso.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:t>Use of artificial intelligence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00E00096">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Biblios Journal adopts the recommendation of COPE (Committee on Publication Ethics) and SciELO that authors may use AI tools to assist in the preparation, writing, review, and translation of their work, but only humans can be considered authors. The use of AI must be reported in the abstract and methods section. Ensure that all cited material is properly referenced, including direct quotes, and that the cited sources support claims of AI application, as they often generate references to nonexistent works. Authors are responsible for their work, and omitting the use of AI is an ethical violation of the principles of transparency and honesty in research. Record here whether the use of AI was mentioned in the abstract and the method used to carry out the research, and what tools were used. When the research does not use AI, indicate: not applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:lastRenderedPageBreak/>
+        <w:t>Financing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F51FCC" w:rsidRDefault="00F51FCC" w:rsidP="00F51FCC">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>If the manuscript is part of a research project, provide the following information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A220E6" w:rsidRPr="00F51FCC" w:rsidRDefault="00A220E6" w:rsidP="00A220E6">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F51FCC" w:rsidRPr="00F51FCC" w:rsidRDefault="00F51FCC" w:rsidP="00A220E6">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:spacing w:before="0" w:line="220" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Project title.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F51FCC" w:rsidRPr="00F51FCC" w:rsidRDefault="00F51FCC" w:rsidP="00A220E6">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:spacing w:before="0" w:line="220" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Project coordinator(s).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F51FCC" w:rsidRPr="00F51FCC" w:rsidRDefault="00F51FCC" w:rsidP="00A220E6">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:spacing w:before="0" w:line="220" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Research group to which it belongs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F51FCC" w:rsidRPr="00F51FCC" w:rsidRDefault="00F51FCC" w:rsidP="00A220E6">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:spacing w:before="0" w:line="220" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>University and center, department, and/or faculty responsible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F51FCC" w:rsidRPr="00F51FCC" w:rsidRDefault="00F51FCC" w:rsidP="00A220E6">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:spacing w:before="0" w:line="220" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Source of funding, specifying whether it corresponds to grants, equipment, products, or resources.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F51FCC" w:rsidRPr="00F51FCC" w:rsidRDefault="00F51FCC" w:rsidP="00A220E6">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:spacing w:before="0" w:line="220" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Institution funding the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F51FCC" w:rsidRPr="00F51FCC" w:rsidRDefault="00F51FCC" w:rsidP="00A220E6">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:spacing w:before="0" w:line="220" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Project number or associated process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F51FCC" w:rsidRPr="00F51FCC" w:rsidRDefault="00F51FCC" w:rsidP="00A220E6">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>If the manuscript has not received funding, indicate: “Not applicable.” For Brazilian r</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...96 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esearch: Refer to Ordinance No. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F51FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>206, dated September 4, 2018, for information on how to fill in this field when there is funding from CAPES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="00F51FCC">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:t>Permission to use images</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00E00096">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>If the article includes third-party images, authors must acknowledge their presence in the manuscript and attach the copyright holder's signed authorization for use as a supplementary document. They must indicate whether written consent was obtained from the research participants or, if not required, use the "Not applicable" option for images in the public domain, of their own authorship, or that do not require consent. Consent is not required for images of buildings, monuments, and landscapes in public spaces, or for photos in public places in which people appear incidentally, as long as they are not the main focus of the image.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:t>Research Ethics Committee Approval</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00E00096">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Report whether the research has been submitted for approval by an ethics committee, including the process number and approval date. Attach the supporting document as a supplement. Ethics committee approval is required when the research involves human subjects, sensitive data collection, animal experiments, or any other procedure that may have a significant ethical impact. If the research does not require ethics committee approval, indicate: not applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:t>Conflict of interest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A144ED" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00A144ED">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Disclosure of any conflicts of interest: financial, personal, between potential reviewers and editors, and/or potential thematic biases. If none exist, please state: Not applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00A144ED">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For more information: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidRPr="004373CB">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>https://www.abecbrasil.org.br/arquivos/whitepaper_CSE.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00312B0F" w:rsidRDefault="00312B0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00312B0F">
+        <w:t>Data Availability Declaration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E244D0" w:rsidRPr="00F627E0" w:rsidRDefault="00E244D0" w:rsidP="001751FD">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As part of its editorial policy, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Biblios </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requires authors to deposit their research data in open-access repositories, ensuring transparency, reproducibility, and reuse of scientific information. Please select the option that best describes the availability of your study's data and provide the corresponding details. The data policy is available at this </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor=":~:text=Pol%C3%ADtica%20editorial%20de%20disponibilidad%20de%20datos%20de%20investigaci%C3%B3n" w:history="1">
+        <w:r w:rsidR="009F5EA9" w:rsidRPr="00F627E0">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>external link.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009F5EA9" w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="005D04B8" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D04B8">
+        <w:t>Data:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00A144ED">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data is the information collected or recorded during a research project. It can include numbers, text, images, audio or video recordings, among others, and is used to answer research questions or test hypotheses. For example, in a questionnaire survey, data are the participants' responses. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43689" w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Biblios does not accept statistical data as supplementary documents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:t>Datasets:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00A144ED">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Data sets are all materials collected or obtained during the course of the research. They can include spreadsheets with numbers, text files, images, audio or video recordings, and other types of documents that compile the information used in the study. These materials form the basis of the conclusions and analyses presented in the article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Metadata:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00A144ED">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Metadata</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE07EC">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE07EC">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>about</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>It provides information that helps us understand and organize data sets. For example, metadata can include the date the data was collected, the name of the person who collected it, the type of data, the method used, and other descriptions that explain what the data represents and how it was generated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00312B0F" w:rsidRDefault="00312B0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00312B0F">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b/>
-          <w:color w:val="auto"/>
-[...13 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Data availability options</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00F627E0" w:rsidRDefault="00312B0F" w:rsidP="00312B0F">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The research has no data: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>The article does not contain data collected or obtained through analysis of primary sources.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00F627E0" w:rsidRDefault="00312B0F" w:rsidP="00312B0F">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The data have been deposited in an open access repository: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Please provide the dataset title, repository URL or DOI:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00F627E0" w:rsidRDefault="00312B0F" w:rsidP="00312B0F">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Title 1:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00F627E0" w:rsidRDefault="00312B0F" w:rsidP="00312B0F">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>URL or DOI 1:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00F627E0" w:rsidRDefault="00312B0F" w:rsidP="00312B0F">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Title 2:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00F627E0" w:rsidRDefault="00312B0F" w:rsidP="00312B0F">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>URL or DOI 2:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00F627E0" w:rsidRDefault="00312B0F" w:rsidP="00312B0F">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The data have been published in the article itself: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>The full data set supporting the results of this study is included in the body of the article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00F627E0" w:rsidRDefault="00312B0F" w:rsidP="00312B0F">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The authors have exclusively used existing (third-party) datasets: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Please indicate the location of the data by providing the corresponding URL or DOI:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00F627E0" w:rsidRDefault="00312B0F" w:rsidP="00312B0F">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>URL or DOI 1:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00F627E0" w:rsidRDefault="00312B0F" w:rsidP="00312B0F">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>URL or DOI 2:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00F627E0" w:rsidRDefault="00312B0F" w:rsidP="00312B0F">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We need guidance to share the data: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>We would like to share the dataset, but we need help to proceed with depositing it in an appropriate repository.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00F627E0" w:rsidRDefault="00312B0F" w:rsidP="00312B0F">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data cannot be shared publicly: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>The dataset supporting the results of this study cannot be made publicly available. Explain why:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312B0F" w:rsidRPr="00F627E0" w:rsidRDefault="00312B0F" w:rsidP="00312B0F">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do you want to share at least the metadata of the dataset? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">( ) Yes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>( ) No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00717B59" w:rsidRDefault="00743F0F" w:rsidP="008F0382">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00717B59">
+        <w:t>Open evaluation consent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="00751997">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Optionally, you can </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>publish the evaluation report</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A220E6">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>choose whichever you prefer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a1"/>
+        <w:tblW w:w="9351" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFA41C"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFA41C"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFA41C"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFA41C"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFA41C"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFA41C"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7366"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="992"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009775A1" w:rsidTr="00A220E6">
+        <w:trPr>
+          <w:trHeight w:val="139"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7366" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFA41C"/>
+          </w:tcPr>
+          <w:p w:rsidR="009775A1" w:rsidRPr="009E753F" w:rsidRDefault="00743F0F" w:rsidP="009E753F">
+            <w:pPr>
+              <w:pStyle w:val="HeaderArticleTitle"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E753F">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Option</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFA41C"/>
+          </w:tcPr>
+          <w:p w:rsidR="009775A1" w:rsidRPr="009E753F" w:rsidRDefault="00A220E6" w:rsidP="00A220E6">
+            <w:pPr>
+              <w:pStyle w:val="HeaderArticleTitle"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Ye</w:t>
+            </w:r>
+            <w:r w:rsidR="00F627E0">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFA41C"/>
+          </w:tcPr>
+          <w:p w:rsidR="009775A1" w:rsidRPr="009E753F" w:rsidRDefault="00743F0F" w:rsidP="00A220E6">
+            <w:pPr>
+              <w:pStyle w:val="HeaderArticleTitle"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E753F">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009775A1" w:rsidRPr="00F7066D" w:rsidTr="00A220E6">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7366" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="009E753F">
+            <w:pPr>
+              <w:pStyle w:val="HeaderArticleTitle"/>
+              <w:rPr>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F627E0">
+              <w:rPr>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Do you want the article to be published?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="009775A1" w:rsidP="009E753F">
+            <w:pPr>
+              <w:pStyle w:val="HeaderArticleTitle"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="009775A1" w:rsidP="009E753F">
+            <w:pPr>
+              <w:pStyle w:val="HeaderArticleTitle"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="001A5842">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:t>License of use - exclusive use by the journal</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="001A5842">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The authors grant Biblios exclusive first publication rights, with the work simultaneously licensed under a Creative Commons Attribution License (CC BY) 4.0 International. This license allows third parties to remix, adapt, and build upon the published work, giving due credit for authorship and initial publication in this journal. Authors are authorized to enter into separate, additional agreements for non-exclusive distribution of the version of the work published in this journal (e.g., posting in an institutional repository, on a personal website, publishing a translation, or as a book chapter), with acknowledgment of authorship and initial publication in this journal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="001A5842">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:t>Editor - exclusive use of the magazine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="001A5842">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Published by the University Library System of the University of Pittsburgh. Responsibility shared with the partner universities. The ideas expressed in this article are those of the authors and do not necessarily represent the opinions of the editors or the university.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_heading=h.hjqacvxd9o7y" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="001A5842">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_heading=h.kyzq5zn92rxz" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:lastRenderedPageBreak/>
+        <w:t>Editors - exclusive use of the journal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="001A5842">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="auto"/>
-[...610 lines deleted...]
-      <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="431" w:gutter="0"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Lúcia da Silveira, Fabiano Couto Corrêa da Silva and Laura Vilela Rodrigues Rezende</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00EB3FAD" w:rsidRDefault="00743F0F" w:rsidP="001A5842">
+      <w:pPr>
+        <w:pStyle w:val="Data-publishing"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_heading=h.kiu6fcpq3wnl" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00EB3FAD">
+        <w:t>Historical – exclusive use of the magazine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="001A5842">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Received: day-month-year - Approved: day-month-year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="009775A1">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="008F6EDF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This document must be completed digitally, including the authors' authenticated signatures. Printing and subsequent scanning is not recommended. The editors of this journal guarantee that they will only modify content for which the journal is responsible, while authors should only add information relevant to their respective responsibilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="008F6EDF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Submit two versions of this content with your article: one editable (without signatures) and one with authenticated PDF signatures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="008F6EDF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Important: The order of the authors must be the same as when the article is submitted and published.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="009775A1">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="008F6EDF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Author 1: Full name and authenticable signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="008F6EDF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Author 2: Full name and authenticable signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F" w:rsidP="008F6EDF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Author 3: Full name and authenticable signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="009775A1">
+      <w:pPr>
+        <w:spacing w:before="200" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009775A1" w:rsidRPr="00F627E0">
+      <w:headerReference w:type="even" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="even" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="first" r:id="rId22"/>
+      <w:footerReference w:type="first" r:id="rId23"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="432" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02F552C2" w14:textId="77777777" w:rsidR="006C6D4E" w:rsidRPr="002978D8" w:rsidRDefault="006C6D4E" w:rsidP="00E77747">
+    <w:p w:rsidR="00C101B7" w:rsidRDefault="00C101B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="002978D8">
+      <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B2AD0A9" w14:textId="77777777" w:rsidR="006C6D4E" w:rsidRPr="002978D8" w:rsidRDefault="006C6D4E" w:rsidP="00E77747">
+    <w:p w:rsidR="00C101B7" w:rsidRDefault="00C101B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="002978D8">
+      <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...11 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...21 lines deleted...]
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="5E168D52" w14:textId="177C8668" w:rsidR="00190D33" w:rsidRPr="00D64369" w:rsidRDefault="00190D33" w:rsidP="00900F27">
+  <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-      <w:jc w:val="both"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:lang w:val="pt-BR"/>
+        <w:color w:val="7F7F7F"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00F627E0">
       <w:rPr>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        <w:color w:val="7F7F7F"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:highlight w:val="white"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...164 lines deleted...]
-      </mc:AlternateContent>
+      <w:t>ISSN 1562–4730 | Biblios | Journal of Library and Information Science</w:t>
     </w:r>
-    <w:r w:rsidRPr="003D1FAD">
+    <w:r w:rsidRPr="00F627E0">
       <w:rPr>
-        <w:lang w:val="pt-BR"/>
+        <w:color w:val="7F7F7F"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">No 87 (2024) • </w:t>
-[...14 lines deleted...]
-      <w:t>• DOI 10.5195/biblios.2024.1233</w:t>
+      <w:t xml:space="preserve">     </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="6C372541" w14:textId="377C05DB" w:rsidR="00190D33" w:rsidRPr="00D64369" w:rsidRDefault="00190D33" w:rsidP="00900F27">
+  <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F">
     <w:pPr>
-      <w:pStyle w:val="OddPageFooter"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:lang w:val="pt-BR"/>
+        <w:color w:val="7F7F7F"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00F627E0">
       <w:rPr>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        <w:color w:val="7F7F7F"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:highlight w:val="white"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...185 lines deleted...]
-      <w:t>• DOI 10.5195/biblios.2024.1233</w:t>
+      <w:t>ISSN 1562–4730 | Biblios | Journal of Library and Information Science</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="442A58A0" w14:textId="64E63A7E" w:rsidR="00190D33" w:rsidRPr="004C7D90" w:rsidRDefault="00190D33" w:rsidP="004C7D90">
+  <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-      <w:jc w:val="right"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:lang w:val="pt-BR"/>
+        <w:color w:val="7F7F7F"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003D1FAD">
+    <w:r w:rsidRPr="00F627E0">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:lang w:val="pt-BR"/>
+        <w:color w:val="7F7F7F"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:highlight w:val="white"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">No xx (2025) </w:t>
-[...29 lines deleted...]
-      <w:t>• DOI 10.5195/biblios.2025.xxxx</w:t>
+      <w:t>ISSN 1562–4730 | Biblios | Journal of Library and Information Science</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1834233A" w14:textId="77777777" w:rsidR="006C6D4E" w:rsidRPr="002978D8" w:rsidRDefault="006C6D4E" w:rsidP="00E77747">
+    <w:p w:rsidR="00C101B7" w:rsidRDefault="00C101B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="002978D8">
+      <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D097E90" w14:textId="77777777" w:rsidR="006C6D4E" w:rsidRPr="002978D8" w:rsidRDefault="006C6D4E" w:rsidP="00E77747">
+    <w:p w:rsidR="00C101B7" w:rsidRDefault="00C101B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="002978D8">
+      <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w:rsidR="009775A1" w:rsidRPr="00F627E0" w:rsidRDefault="00743F0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F627E0">
+        <w:rPr>
+          <w:rStyle w:val="BibliographyEntryChar"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This publication data form is an adaptation of the Publication Notes document created by the UFSC Journal Portal (2018).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="0897D80C" w14:textId="24000370" w:rsidR="00190D33" w:rsidRPr="00AB50A5" w:rsidRDefault="00190D33" w:rsidP="00F725FF">
+  <w:p w:rsidR="009775A1" w:rsidRDefault="00743F0F">
     <w:pPr>
-      <w:pStyle w:val="HeaderArticleTitle"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1980"/>
+      </w:tabs>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
       <w:rPr>
         <w:b/>
-        <w:bCs/>
+        <w:color w:val="E88D15"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00AB50A5">
+    <w:r>
       <w:rPr>
         <w:b/>
-        <w:bCs/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
+        <w:color w:val="E88D15"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="275DC883" wp14:editId="55F2D3CC">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-97790</wp:posOffset>
+            <wp:posOffset>-97788</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-102235</wp:posOffset>
+            <wp:posOffset>-114298</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1190625" cy="314325"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapTight wrapText="bothSides">
-[...11 lines deleted...]
-          </wp:cNvGraphicFramePr>
+          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
+          <wp:docPr id="37" name="image1.png" descr="logoneo"/>
+          <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Imagen 1" descr="logoneo"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="0" name="image1.png" descr="logoneo"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...6 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1190625" cy="314325"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
+                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="004B1ADF">
-[...16 lines deleted...]
-    </w:r>
+  </w:p>
+  <w:p w:rsidR="009775A1" w:rsidRDefault="009775A1">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="189117B1" w14:textId="273199E4" w:rsidR="00190D33" w:rsidRPr="00DE5F30" w:rsidRDefault="00DE5F30" w:rsidP="00DE5F30">
+  <w:p w:rsidR="009775A1" w:rsidRDefault="00743F0F">
     <w:pPr>
-      <w:pStyle w:val="HeaderArticleTitle"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1980"/>
+      </w:tabs>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
       <w:rPr>
         <w:b/>
-        <w:bCs/>
+        <w:color w:val="E88D15"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00AB50A5">
+    <w:r>
       <w:rPr>
-        <w:b/>
-[...1 lines deleted...]
-        <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
+        <w:noProof/>
+        <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CE3222B" wp14:editId="70A28E14">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-97790</wp:posOffset>
+            <wp:posOffset>-97788</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-102235</wp:posOffset>
+            <wp:posOffset>-114298</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1190625" cy="314325"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapTight wrapText="bothSides">
-[...11 lines deleted...]
-          </wp:cNvGraphicFramePr>
+          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
+          <wp:docPr id="36" name="image1.png" descr="logoneo"/>
+          <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Imagen 1" descr="logoneo"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="0" name="image1.png" descr="logoneo"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...6 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1190625" cy="314325"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
+                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
-[...10 lines deleted...]
-    </w:r>
+  </w:p>
+  <w:p w:rsidR="009775A1" w:rsidRDefault="009775A1">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1980"/>
+      </w:tabs>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="E88D15"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="1981AC0A" w14:textId="442DD7E1" w:rsidR="00190D33" w:rsidRPr="002978D8" w:rsidRDefault="00190D33" w:rsidP="00EC77D8">
+  <w:p w:rsidR="009775A1" w:rsidRDefault="00743F0F">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
         <w:tab w:val="left" w:pos="7050"/>
         <w:tab w:val="left" w:pos="7305"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
         <w:noProof/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73B2528F" wp14:editId="22529A36">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-914400</wp:posOffset>
+            <wp:posOffset>-914398</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-523875</wp:posOffset>
+            <wp:posOffset>-523872</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7772400" cy="1143000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Picture 25" descr="biblios_template_header.jpg"/>
-[...2 lines deleted...]
-          </wp:cNvGraphicFramePr>
+          <wp:docPr id="35" name="image4.jpg" descr="biblios_template_header.jpg"/>
+          <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 25" descr="biblios_template_header.jpg"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="0" name="image4.jpg" descr="biblios_template_header.jpg"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7772400" cy="1143000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
+                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="002978D8">
-[...7 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="1EB1BF5F" w14:textId="77777777" w:rsidR="00190D33" w:rsidRPr="002978D8" w:rsidRDefault="00190D33" w:rsidP="00EC77D8">
+  <w:p w:rsidR="009775A1" w:rsidRDefault="009775A1">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="24075AC8" w14:textId="77777777" w:rsidR="00190D33" w:rsidRPr="002978D8" w:rsidRDefault="00190D33">
+  <w:p w:rsidR="009775A1" w:rsidRDefault="009775A1">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="49327822" w14:textId="77777777" w:rsidR="00190D33" w:rsidRPr="002978D8" w:rsidRDefault="00190D33">
+  <w:p w:rsidR="009775A1" w:rsidRDefault="009775A1">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="30378326" w14:textId="5B15C644" w:rsidR="00190D33" w:rsidRPr="002978D8" w:rsidRDefault="00190D33">
+  <w:p w:rsidR="009775A1" w:rsidRDefault="00743F0F">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:color w:val="404040"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        <w:lang w:val="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B161E74" wp14:editId="50F00091">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>-20116800</wp:posOffset>
+                <wp:posOffset>-20002499</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>93980</wp:posOffset>
+                <wp:posOffset>76200</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="31524575" cy="3175"/>
-              <wp:effectExtent l="9525" t="10160" r="12700" b="5715"/>
+              <wp:extent cx="3175" cy="12700"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="46127085" name="AutoShape 15"/>
-[...2 lines deleted...]
-              </wp:cNvGraphicFramePr>
+              <wp:docPr id="34" name="Forma libre 34"/>
+              <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvCnPr>
-[...2 lines deleted...]
-                    <wps:spPr bwMode="auto">
+                    <wps:cNvSpPr/>
+                    <wps:spPr>
                       <a:xfrm>
-                        <a:off x="0" y="0"/>
-                        <a:ext cx="31524575" cy="3175"/>
+                        <a:off x="0" y="3778413"/>
+                        <a:ext cx="10692000" cy="3175"/>
                       </a:xfrm>
-                      <a:prstGeom prst="straightConnector1">
+                      <a:custGeom>
                         <a:avLst/>
-                      </a:prstGeom>
-[...1 lines deleted...]
-                      <a:ln w="9525">
+                        <a:gdLst/>
+                        <a:ahLst/>
+                        <a:cxnLst/>
+                        <a:rect l="l" t="t" r="r" b="b"/>
+                        <a:pathLst>
+                          <a:path w="31524575" h="3175" extrusionOk="0">
+                            <a:moveTo>
+                              <a:pt x="0" y="0"/>
+                            </a:moveTo>
+                            <a:lnTo>
+                              <a:pt x="31524575" y="3175"/>
+                            </a:lnTo>
+                          </a:path>
+                        </a:pathLst>
+                      </a:custGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF"/>
+                      </a:solidFill>
+                      <a:ln w="12700" cap="flat" cmpd="sng">
                         <a:solidFill>
                           <a:srgbClr val="A5A5A5"/>
                         </a:solidFill>
+                        <a:prstDash val="solid"/>
                         <a:round/>
-                        <a:headEnd/>
-                        <a:tailEnd/>
+                        <a:headEnd type="none" w="sm" len="sm"/>
+                        <a:tailEnd type="none" w="sm" len="sm"/>
                       </a:ln>
-                      <a:extLst>
-[...5 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
-                    <wps:bodyPr/>
+                    <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...6 lines deleted...]
-          </w:pict>
+        <mc:Fallback xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-20002499</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>76200</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="3175" cy="12700"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="34" name="image3.png"/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic>
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="image3.png"/>
+                      <pic:cNvPicPr preferRelativeResize="0"/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId2"/>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="3175" cy="12700"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect"/>
+                      <a:ln/>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF7C"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="A3A8E420"/>
+    <w:nsid w:val="11DE254A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8DBCD372"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Listaconnmeros5"/>
+      <w:pStyle w:val="Prrafodelista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1800"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Listaconnmeros"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="360"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="490260C4">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="NumberList"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...17 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="right"/>
-[...1 lines deleted...]
-        <w:ind w:left="3960" w:hanging="180"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
-[...1 lines deleted...]
-        <w:ind w:left="6120" w:hanging="180"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="8812C586">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D50303C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5502A490"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...2 lines deleted...]
-        <w:color w:val="FFA11C"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
-[...184 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001">
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E7A7E3C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1BDC1248"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...32 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...31 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...34 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...648 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...19 lines deleted...]
-    <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
-  </w:num>
-[...2 lines deleted...]
-    <w:lvlOverride w:ilvl="0">
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:numIdMacAtCleanup w:val="13"/>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
+  <w:zoom w:percent="210"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
-  <w:drawingGridHorizontalSpacing w:val="86"/>
-[...1 lines deleted...]
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...3 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
-    <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009D09AC"/>
-[...1134 lines deleted...]
-    <w:rsid w:val="00FF6672"/>
+    <w:rsidRoot w:val="009775A1"/>
+    <w:rsid w:val="00023754"/>
+    <w:rsid w:val="00054015"/>
+    <w:rsid w:val="00174DC3"/>
+    <w:rsid w:val="001751FD"/>
+    <w:rsid w:val="001A5842"/>
+    <w:rsid w:val="002914D2"/>
+    <w:rsid w:val="00312B0F"/>
+    <w:rsid w:val="00341AEE"/>
+    <w:rsid w:val="003A55CE"/>
+    <w:rsid w:val="003C3867"/>
+    <w:rsid w:val="003E040E"/>
+    <w:rsid w:val="004373CB"/>
+    <w:rsid w:val="00482EF5"/>
+    <w:rsid w:val="004C5B9C"/>
+    <w:rsid w:val="005210BA"/>
+    <w:rsid w:val="0057704F"/>
+    <w:rsid w:val="005D04B8"/>
+    <w:rsid w:val="006249A7"/>
+    <w:rsid w:val="006A2E75"/>
+    <w:rsid w:val="006B502B"/>
+    <w:rsid w:val="006C0DBF"/>
+    <w:rsid w:val="00717B59"/>
+    <w:rsid w:val="00732DFE"/>
+    <w:rsid w:val="00743F0F"/>
+    <w:rsid w:val="00750C64"/>
+    <w:rsid w:val="00751997"/>
+    <w:rsid w:val="008106E1"/>
+    <w:rsid w:val="00815171"/>
+    <w:rsid w:val="008807E4"/>
+    <w:rsid w:val="008F0382"/>
+    <w:rsid w:val="008F6EDF"/>
+    <w:rsid w:val="00973353"/>
+    <w:rsid w:val="00976800"/>
+    <w:rsid w:val="009775A1"/>
+    <w:rsid w:val="00997050"/>
+    <w:rsid w:val="009E753F"/>
+    <w:rsid w:val="009F5EA9"/>
+    <w:rsid w:val="00A144ED"/>
+    <w:rsid w:val="00A220E6"/>
+    <w:rsid w:val="00A87E33"/>
+    <w:rsid w:val="00AE07EC"/>
+    <w:rsid w:val="00B16645"/>
+    <w:rsid w:val="00BC785E"/>
+    <w:rsid w:val="00BD2D3A"/>
+    <w:rsid w:val="00C101B7"/>
+    <w:rsid w:val="00C32F85"/>
+    <w:rsid w:val="00C76395"/>
+    <w:rsid w:val="00CC6458"/>
+    <w:rsid w:val="00CF46F8"/>
+    <w:rsid w:val="00D041CC"/>
+    <w:rsid w:val="00D43689"/>
+    <w:rsid w:val="00D90469"/>
+    <w:rsid w:val="00D95173"/>
+    <w:rsid w:val="00DB580E"/>
+    <w:rsid w:val="00E00096"/>
+    <w:rsid w:val="00E244D0"/>
+    <w:rsid w:val="00E301BD"/>
+    <w:rsid w:val="00E31615"/>
+    <w:rsid w:val="00EB3FAD"/>
+    <w:rsid w:val="00EC56BB"/>
+    <w:rsid w:val="00EE2DC2"/>
+    <w:rsid w:val="00F51FCC"/>
+    <w:rsid w:val="00F627E0"/>
+    <w:rsid w:val="00F7066D"/>
+    <w:rsid w:val="00FB11A8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="pt-BR"/>
+  <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="426916BA"/>
-  <w15:docId w15:val="{B731FA8C-2677-4C81-BDBF-E821433B38E4}"/>
+  <w15:docId w15:val="{917303A4-C209-461A-864C-C7E431B68063}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
-        <w:lang w:val="en" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="2" w:qFormat="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="endnote text" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:semiHidden="1" w:uiPriority="20" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11846,76 +3875,78 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="3"/>
-    <w:lsdException w:name="Quote" w:uiPriority="3" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -11950,54 +3981,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -12062,6607 +4096,2178 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F81673"/>
+    <w:rsid w:val="00147DB2"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="260" w:lineRule="atLeast"/>
-      <w:jc w:val="both"/>
+      <w:spacing w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="404040"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="AbstractTitle"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00B231C4"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="240" w:after="120"/>
       <w:contextualSpacing w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00876934"/>
+    <w:rsid w:val="009C2A87"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="120" w:after="180" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-      <w:b/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
-      <w:color w:val="262626"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="001A7401"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="595959"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:rsid w:val="009C2A87"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="595959"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo5Car"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F92752"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-      <w:color w:val="7F7F7F"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo6Car"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F92752"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="808080"/>
-[...72 lines deleted...]
-      <w:sz w:val="22"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
-[...58 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Puesto">
     <w:name w:val="Title"/>
     <w:next w:val="Normal"/>
     <w:link w:val="PuestoCar"/>
     <w:qFormat/>
     <w:rsid w:val="00FB7762"/>
     <w:pPr>
       <w:keepLines/>
       <w:suppressAutoHyphens/>
-      <w:spacing w:before="360" w:line="480" w:lineRule="exact"/>
+      <w:spacing w:before="360" w:after="0" w:line="480" w:lineRule="exact"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:iCs/>
-      <w:color w:val="262626"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="60"/>
-      <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
+    <w:name w:val="Título 1 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo1"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="005719F4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:noProof/>
+      <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="00072571"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
+    <w:name w:val="Título 3 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo3"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="00072571"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
+    <w:name w:val="Título 4 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo4"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005719F4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PuestoCar">
     <w:name w:val="Puesto Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Puesto"/>
     <w:rsid w:val="00072571"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:iCs/>
-      <w:color w:val="262626"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="60"/>
-      <w:lang w:val="en" w:eastAsia="en-US" w:bidi="en-US"/>
+      <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AbstractGreyText">
     <w:name w:val="Abstract Grey Text"/>
     <w:basedOn w:val="AbstractTitle"/>
     <w:link w:val="AbstractGreyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A1152"/>
+    <w:rsid w:val="006F3155"/>
     <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="5" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:left w:val="single" w:sz="2" w:space="5" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:bottom w:val="single" w:sz="2" w:space="5" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:right w:val="single" w:sz="2" w:space="5" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
       <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
+      <w:ind w:left="94" w:right="94"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="262626"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AbstractGreyTextChar">
     <w:name w:val="Abstract Grey Text Char"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="AbstractGreyText"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="005A1152"/>
-[...1 lines deleted...]
-      <w:rFonts w:eastAsia="Times New Roman"/>
+    <w:rsid w:val="00E911B6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:noProof/>
-      <w:color w:val="262626"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="en" w:eastAsia="en-US" w:bidi="en-US"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+      <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Authorship">
     <w:name w:val="Authorship"/>
     <w:link w:val="AuthorshipChar"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A25AB4"/>
+    <w:rsid w:val="00997050"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="120" w:line="240" w:lineRule="exact"/>
+      <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="exact"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="FFA41C"/>
+      <w:color w:val="FFA11C"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="28"/>
-      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AuthorshipChar">
     <w:name w:val="Authorship Char"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Authorship"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00A25AB4"/>
-[...1 lines deleted...]
-      <w:rFonts w:eastAsia="Times New Roman"/>
+    <w:rsid w:val="00997050"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="FFA41C"/>
+      <w:color w:val="FFA11C"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="28"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="en"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AuthorBio">
     <w:name w:val="Author Bio"/>
     <w:basedOn w:val="Authorship"/>
     <w:next w:val="Normal"/>
     <w:link w:val="AuthorBioChar"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1862"/>
+    <w:rsid w:val="00CC6458"/>
     <w:pPr>
-      <w:spacing w:after="240"/>
+      <w:spacing w:before="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:color w:val="FFA41C"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AuthorBioChar">
     <w:name w:val="Author Bio Char"/>
     <w:basedOn w:val="AuthorshipChar"/>
     <w:link w:val="AuthorBio"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="003D1862"/>
-[...1 lines deleted...]
-      <w:rFonts w:eastAsia="Times New Roman"/>
+    <w:rsid w:val="00CC6458"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b w:val="0"/>
       <w:color w:val="FFA41C"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:lang w:val="en"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="KeywordsTitle">
     <w:name w:val="Keywords Title"/>
     <w:basedOn w:val="AbstractTitle"/>
     <w:next w:val="KeywordsList"/>
     <w:link w:val="KeywordsTitleChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="000B71DA"/>
     <w:rPr>
-      <w:color w:val="262626"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KeywordsTitleChar">
     <w:name w:val="Keywords Title Char"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="KeywordsTitle"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00E911B6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:noProof/>
-      <w:color w:val="262626"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="KeywordsList">
     <w:name w:val="Keywords List"/>
     <w:basedOn w:val="AbstractTitle"/>
     <w:next w:val="Normal"/>
     <w:link w:val="KeywordsListChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="000B71DA"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:i/>
-      <w:color w:val="404040"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KeywordsListChar">
     <w:name w:val="Keywords List Char"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="KeywordsList"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00E911B6"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:noProof/>
-      <w:color w:val="404040"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="14"/>
       <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AbstractTitle">
     <w:name w:val="Abstract Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="AbstractGreyText"/>
     <w:link w:val="AbstractTitleChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="007C1CA7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:noProof/>
-      <w:color w:val="0D0D0D"/>
+      <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="28"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AbstractTitleChar">
     <w:name w:val="Abstract Title Char"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="AbstractTitle"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00E911B6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:noProof/>
-      <w:color w:val="0D0D0D"/>
+      <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00F725FF"/>
-[...1 lines deleted...]
-      <w:color w:val="FFA11C"/>
+    <w:rsid w:val="001751FD"/>
+    <w:rPr>
+      <w:color w:val="FFA41C"/>
       <w:u w:val="single"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
     <w:name w:val="Título 5 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo5"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
-    <w:rsid w:val="00072571"/>
-[...2 lines deleted...]
-      <w:color w:val="7F7F7F"/>
+    <w:rsid w:val="005719F4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="22"/>
-      <w:lang w:val="en" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Car">
     <w:name w:val="Título 6 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo6"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
-    <w:rsid w:val="00072571"/>
-[...1 lines deleted...]
-      <w:rFonts w:eastAsia="Times New Roman"/>
+    <w:rsid w:val="005719F4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="808080"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="22"/>
-      <w:lang w:val="en" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Referenciaintensa">
     <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F92752"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="E88D15"/>
       <w:spacing w:val="5"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Referenciasutil">
     <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F92752"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:smallCaps/>
       <w:color w:val="E88D15"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BibliographyEntry">
     <w:name w:val="Bibliography Entry"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BibliographyEntryChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB7762"/>
+    <w:rsid w:val="008106E1"/>
     <w:pPr>
-      <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:aliases w:val="Sub-Header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E77747"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BibliographyEntryChar">
     <w:name w:val="Bibliography Entry Char"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="BibliographyEntry"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00072571"/>
-[...2 lines deleted...]
-      <w:color w:val="404040"/>
+    <w:rsid w:val="008106E1"/>
+    <w:rPr>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="16"/>
-      <w:lang w:val="en" w:bidi="en-US"/>
+      <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:aliases w:val="Sub-Header Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E911B6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:color w:val="404040"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002F2A5D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
-      <w:color w:val="7F7F7F"/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008E6016"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:noProof/>
-      <w:color w:val="7F7F7F"/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderArticleTitle">
     <w:name w:val="Header Article Title"/>
     <w:basedOn w:val="EvenPgHeader-Recto"/>
     <w:link w:val="HeaderArticleTitleChar"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00973E55"/>
+    <w:rsid w:val="005B0C00"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1980"/>
       </w:tabs>
-      <w:ind w:left="1843"/>
-      <w:jc w:val="both"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="0"/>
-      <w:bCs w:val="0"/>
       <w:noProof/>
-      <w:color w:val="FFA11C"/>
+      <w:color w:val="E88D15"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderArticleTitleChar">
     <w:name w:val="Header Article Title Char"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="HeaderArticleTitle"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00973E55"/>
-[...1 lines deleted...]
-      <w:rFonts w:eastAsia="Times New Roman"/>
+    <w:rsid w:val="00E911B6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
       <w:noProof/>
-      <w:color w:val="FFA11C"/>
+      <w:color w:val="E88D15"/>
       <w:spacing w:val="10"/>
       <w:sz w:val="16"/>
-      <w:szCs w:val="22"/>
-      <w:lang w:val="en" w:eastAsia="en-US" w:bidi="en-US"/>
+      <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EvenPgHeader-Recto">
     <w:name w:val="Even Pg Header - Recto"/>
     <w:next w:val="Normal"/>
     <w:link w:val="EvenPgHeader-RectoChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006F3A11"/>
     <w:pPr>
-      <w:spacing w:after="200"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="7F7F7F"/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       <w:spacing w:val="10"/>
       <w:sz w:val="16"/>
-      <w:szCs w:val="22"/>
-      <w:lang w:eastAsia="en-US" w:bidi="en-US"/>
+      <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EvenPgHeader-RectoChar">
     <w:name w:val="Even Pg Header - Recto Char"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="EvenPgHeader-Recto"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008E6016"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="7F7F7F"/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       <w:spacing w:val="10"/>
       <w:sz w:val="16"/>
-      <w:szCs w:val="22"/>
-      <w:lang w:val="en" w:eastAsia="en-US" w:bidi="en-US"/>
+      <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="OddPageFooter">
     <w:name w:val="Odd Page Footer"/>
     <w:basedOn w:val="Piedepgina"/>
     <w:link w:val="OddPageFooterChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00FE4B74"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OddPageFooterChar">
     <w:name w:val="Odd Page Footer Char"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="OddPageFooter"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00072571"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:noProof/>
-      <w:color w:val="7F7F7F"/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ttulodellibro">
     <w:name w:val="Book Title"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00420A06"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="orangetext">
     <w:name w:val="orange text"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00226F4A"/>
     <w:rPr>
       <w:color w:val="E88D15"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citadestacada">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitadestacadaCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00490B34"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="F0A22E"/>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="F0A22E" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="936" w:right="936"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitadestacadaCar">
     <w:name w:val="Cita destacada Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Citadestacada"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E911B6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="404040"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nfasisintenso">
     <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00490B34"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodeglobo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009E369F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textodeglobo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009E369F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="greytext">
     <w:name w:val="grey text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="greytextChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="006F3A11"/>
     <w:rPr>
-      <w:color w:val="7F7F7F"/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textoennegrita">
     <w:name w:val="Strong"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="006571CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="greytextChar">
     <w:name w:val="grey text Char"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="greytext"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00072571"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:color w:val="7F7F7F"/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextoindependienteCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006571CA"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
     <w:name w:val="Texto independiente Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textoindependiente"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008E6016"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:color w:val="404040"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cita">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitaCar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF3AC9"/>
+    <w:rsid w:val="00226F4A"/>
     <w:pPr>
       <w:spacing w:before="120" w:line="240" w:lineRule="exact"/>
-      <w:ind w:left="720"/>
+      <w:ind w:left="720" w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
-      <w:color w:val="7F7F7F"/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitaCar">
     <w:name w:val="Cita Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Cita"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00FF3AC9"/>
-    <w:rPr>
+    <w:rsid w:val="00072571"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:iCs/>
-      <w:color w:val="7F7F7F"/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="22"/>
-      <w:lang w:val="en" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="Orange Bullet Lists"/>
     <w:next w:val="Normal"/>
     <w:link w:val="PrrafodelistaCar"/>
-    <w:uiPriority w:val="3"/>
+    <w:uiPriority w:val="34"/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="002F69A7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="1"/>
       </w:numPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:right="720"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="404040"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumberList">
     <w:name w:val="Number List"/>
     <w:basedOn w:val="Prrafodelista"/>
     <w:link w:val="NumberListChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009F5397"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="0"/>
       </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PrrafodelistaCar">
     <w:name w:val="Párrafo de lista Car"/>
     <w:aliases w:val="Orange Bullet Lists Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Prrafodelista"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="002F69A7"/>
     <w:rPr>
-      <w:color w:val="404040"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="22"/>
-      <w:lang w:val="en" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NumberListChar">
     <w:name w:val="Number List Char"/>
     <w:basedOn w:val="PrrafodelistaCar"/>
     <w:link w:val="NumberList"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E911B6"/>
     <w:rPr>
-      <w:color w:val="404040"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="22"/>
-      <w:lang w:val="en" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sinespaciado">
     <w:name w:val="No Spacing"/>
     <w:aliases w:val="No Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SinespaciadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00061073"/>
     <w:pPr>
       <w:spacing w:line="260" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
       <w:color w:val="262626"/>
       <w:sz w:val="20"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SinespaciadoCar">
     <w:name w:val="Sin espaciado Car"/>
     <w:aliases w:val="No Indent Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Sinespaciado"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E911B6"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="262626"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title2">
     <w:name w:val="Title 2"/>
     <w:basedOn w:val="Ttulo2"/>
     <w:link w:val="Title2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00B231C4"/>
     <w:pPr>
       <w:spacing w:before="480"/>
     </w:pPr>
     <w:rPr>
+      <w:b/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Title2Char">
     <w:name w:val="Title 2 Char"/>
+    <w:basedOn w:val="Ttulo2Car"/>
     <w:link w:val="Title2"/>
     <w:rsid w:val="00072571"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="262626"/>
-      <w:sz w:val="22"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="en" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-    <w:name w:val="Document Style"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentType">
+    <w:name w:val="Document Type"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="DocumentStyleChar"/>
+    <w:link w:val="DocumentTypeChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0085411D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="40"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentStyleChar">
-[...1 lines deleted...]
-    <w:link w:val="DocumentStyle"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentTypeChar">
+    <w:name w:val="Document Type Char"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="DocumentType"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00072571"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="40"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EvenPageFooter">
     <w:name w:val="Even Page Footer"/>
     <w:basedOn w:val="OddPageFooter"/>
     <w:link w:val="EvenPageFooterChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00F67368"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EvenPageFooterChar">
     <w:name w:val="Even Page Footer Char"/>
+    <w:basedOn w:val="PiedepginaCar"/>
     <w:link w:val="EvenPageFooter"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00072571"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:noProof/>
-      <w:color w:val="7F7F7F"/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SpecialText">
     <w:name w:val="Special Text"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SpecialTextChar"/>
     <w:uiPriority w:val="3"/>
+    <w:qFormat/>
     <w:rsid w:val="00F517AB"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="2" w:space="5" w:color="7F7F7F"/>
         <w:left w:val="single" w:sz="2" w:space="5" w:color="7F7F7F"/>
         <w:bottom w:val="single" w:sz="2" w:space="5" w:color="7F7F7F"/>
         <w:right w:val="single" w:sz="2" w:space="5" w:color="7F7F7F"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-      <w:spacing w:before="240" w:after="200" w:line="240" w:lineRule="exact"/>
+      <w:spacing w:before="240" w:line="240" w:lineRule="exact"/>
       <w:ind w:left="1440" w:right="1440"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0D0D0D"/>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SpecialTextChar">
+    <w:name w:val="Special Text Char"/>
+    <w:basedOn w:val="CitaCar"/>
+    <w:link w:val="SpecialText"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00072571"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0D0D0D"/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="22"/>
-[...14 lines deleted...]
-      <w:szCs w:val="22"/>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-      <w:lang w:val="en" w:eastAsia="en-US" w:bidi="en-US"/>
+      <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FooterInfo">
     <w:name w:val="Footer Info"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterInfoChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D4919"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
       <w:ind w:left="432" w:right="432"/>
       <w:jc w:val="left"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="16"/>
-      <w:szCs w:val="18"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterInfoChar">
     <w:name w:val="Footer Info Char"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="FooterInfo"/>
     <w:semiHidden/>
     <w:rsid w:val="008E6016"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodebloque">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodebloqueCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C54710"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="2" w:space="10" w:color="F0A22E"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="2" w:space="10" w:color="F0A22E"/>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="F0A22E" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="F0A22E" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="F0A22E" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="F0A22E" w:themeColor="accent1"/>
       </w:pBdr>
       <w:ind w:left="1152" w:right="1152"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="F0A22E"/>
+      <w:color w:val="F0A22E" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Descripcin">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00A25AB4"/>
+    <w:rsid w:val="00C54710"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="F0A41B"/>
-      <w:szCs w:val="18"/>
+      <w:color w:val="F0A22E" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AbstractOrangeText">
     <w:name w:val="Abstract Orange Text"/>
     <w:basedOn w:val="AbstractGreyText"/>
     <w:link w:val="AbstractOrangeTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000E76DF"/>
+    <w:rsid w:val="007C1CA7"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="2" w:space="5" w:color="D0CECE"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="2" w:space="5" w:color="D0CECE"/>
+        <w:top w:val="single" w:sz="2" w:space="5" w:color="F3CC5F" w:themeColor="background2" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="2" w:space="5" w:color="F3CC5F" w:themeColor="background2" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="2" w:space="5" w:color="F3CC5F" w:themeColor="background2" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="2" w:space="5" w:color="F3CC5F" w:themeColor="background2" w:themeShade="BF"/>
       </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FBEEC9" w:themeFill="background2"/>
       <w:ind w:left="101" w:right="101"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AbstractOrangeTextChar">
     <w:name w:val="Abstract Orange Text Char"/>
+    <w:basedOn w:val="AbstractGreyTextChar"/>
     <w:link w:val="AbstractOrangeText"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="000E76DF"/>
-[...1 lines deleted...]
-      <w:rFonts w:eastAsia="Times New Roman"/>
+    <w:rsid w:val="00E911B6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:noProof/>
-      <w:color w:val="262626"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="en" w:eastAsia="en-US" w:bidi="en-US"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FBEEC9" w:themeFill="background2"/>
+      <w:lang w:val="en" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textonotaalfinal">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextonotaalfinalCar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="000B71DA"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="595959"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listaconnmeros">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C2A87"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextonotaalfinalCar">
     <w:name w:val="Texto nota al final Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textonotaalfinal"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00072571"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:color w:val="595959"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listaconnmeros5">
     <w:name w:val="List Number 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C2A87"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="OrangeList">
     <w:name w:val="Orange # List"/>
     <w:basedOn w:val="Prrafodelista"/>
     <w:link w:val="OrangeListChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009C2A87"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="0"/>
       </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalfinal">
     <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Refdenotaalpie"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="000B71DA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
-      <w:color w:val="262626"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
       <w:sz w:val="18"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OrangeListChar">
     <w:name w:val="Orange # List Char"/>
     <w:basedOn w:val="PrrafodelistaCar"/>
     <w:link w:val="OrangeList"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00072571"/>
     <w:rPr>
-      <w:color w:val="404040"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="22"/>
-      <w:lang w:val="en" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalpie">
     <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:rsid w:val="00E54E33"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="publishingtext">
     <w:name w:val="publishing text"/>
     <w:basedOn w:val="Textodebloque"/>
     <w:link w:val="publishingtextChar"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00911B7D"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720" w:right="720"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="0"/>
-      <w:color w:val="808080"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodebloqueCar">
     <w:name w:val="Texto de bloque Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textodebloque"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008E6016"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="F0A22E"/>
+      <w:color w:val="F0A22E" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="publishingtextChar">
     <w:name w:val="publishing text Char"/>
+    <w:basedOn w:val="TextodebloqueCar"/>
     <w:link w:val="publishingtext"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="008E6016"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="808080"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidebarheading">
     <w:name w:val="Sidebar heading"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidebarheadingChar"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00226F4A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="20"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidebarheadingChar">
     <w:name w:val="Sidebar heading Char"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Sidebarheading"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00072571"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="20"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="OrangeBulletList">
     <w:name w:val="Orange Bullet List"/>
     <w:basedOn w:val="Prrafodelista"/>
-    <w:link w:val="OrangeBulletListCar"/>
+    <w:link w:val="OrangeBulletListChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009954B5"/>
-[...8 lines deleted...]
-    <w:name w:val="Orange Bullet List Car"/>
+    <w:rsid w:val="002F69A7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OrangeBulletListChar">
+    <w:name w:val="Orange Bullet List Char"/>
     <w:basedOn w:val="PrrafodelistaCar"/>
     <w:link w:val="OrangeBulletList"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009954B5"/>
-[...1 lines deleted...]
-      <w:color w:val="404040"/>
+    <w:rsid w:val="002F69A7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="22"/>
-      <w:lang w:val="en" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FA6231"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00135B91"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00973877"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
-[...1 lines deleted...]
-    <w:rsid w:val="00FE68FD"/>
+  <w:style w:type="paragraph" w:styleId="Subttulo">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-      <w:textAlignment w:val="baseline"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="F"/>
-[...43 lines deleted...]
-    <w:rsid w:val="001C3721"/>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
-  </w:style>
-[...116 lines deleted...]
-    <w:rsid w:val="000D71CF"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...75 lines deleted...]
-    <w:rsid w:val="008861E3"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
-  </w:style>
-[...196 lines deleted...]
-    <w:rsid w:val="001B5240"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-[...4 lines deleted...]
-      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...82 lines deleted...]
-    <w:rsid w:val="00552C06"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
+    <w:basedOn w:val="TableNormal0"/>
     <w:pPr>
-      <w:numPr>
-[...3 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...19 lines deleted...]
-    <w:rsid w:val="000550A6"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-[...4 lines deleted...]
-      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...106 lines deleted...]
-    <w:name w:val="Menção Pendente2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Data-publishing">
+    <w:name w:val="Data-publishing"/>
+    <w:basedOn w:val="Ttulo4"/>
+    <w:link w:val="Data-publishingCar"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="008F0382"/>
+    <w:pPr>
+      <w:spacing w:before="240"/>
+      <w:ind w:left="862" w:hanging="862"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:i w:val="0"/>
+      <w:color w:val="FFA11C"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Data-publishingCar">
+    <w:name w:val="Data-publishing Car"/>
+    <w:basedOn w:val="Ttulo4Car"/>
+    <w:link w:val="Data-publishing"/>
+    <w:rsid w:val="008F0382"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs/>
+      <w:color w:val="FFA11C"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentStyle">
+    <w:name w:val="Document Style"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DocumentStyleChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00973353"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="FFFFFF"/>
+      <w:spacing w:val="40"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentStyleChar">
+    <w:name w:val="Document Style Char"/>
+    <w:link w:val="DocumentStyle"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00973353"/>
+    <w:rPr>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="FFFFFF"/>
+      <w:spacing w:val="40"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculovisitado">
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AF6FA3"/>
-[...6 lines deleted...]
-    <w:name w:val="Referências"/>
+    <w:rsid w:val="00F7066D"/>
+    <w:rPr>
+      <w:color w:val="FFC42F" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AuthorBio-DataP">
+    <w:name w:val="Author Bio-DataP"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="AuthorBio-DataPCar"/>
     <w:qFormat/>
-    <w:rsid w:val="00D06714"/>
+    <w:rsid w:val="006249A7"/>
     <w:pPr>
-      <w:spacing w:before="120" w:after="0"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="Menção Pendente3"/>
+    <w:rPr>
+      <w:color w:val="282828"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AuthorBio-DataPCar">
+    <w:name w:val="Author Bio-DataP Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:uiPriority w:val="99"/>
-[...37 lines deleted...]
-      <w:lang w:val="en" w:eastAsia="en-US"/>
+    <w:link w:val="AuthorBio-DataP"/>
+    <w:rsid w:val="006249A7"/>
+    <w:rPr>
+      <w:color w:val="282828"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="12071631">
+    <w:div w:id="1208954146">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="50887620">
+    <w:div w:id="1664580897">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="119424204">
-[...2059 lines deleted...]
-    </w:div>
   </w:divs>
-  <w:optimizeForBrowser/>
-[...1 lines deleted...]
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.org/details/TheStructureOfEvolutionaryTheory" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/asi.24843" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1594/PANGAEA.962075" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.usgs.gov/bul/0770/report.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41597-023-02269-x" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journal.code4lib.org/articles/7818" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/asi.22634" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1594/PANGAEA.849054" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/xyzxyzxyz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6087/kcse.184" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.org/details/principlesgeolo00lyelgoog/page/n5/mode/2up" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0078080" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/2027.42/108953" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.pitt.edu/e-journals" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deepl.com/pt-PT/translator" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.pageplace.de/preview/DT0400.9783111667751_A40793869/preview-9783111667751_A40793869.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0129506" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/3.0/us/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.pitt.edu/e-journals" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deepl.com/pt-PT/translator" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biblios.pitt.edu/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.br" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblios.pitt.edu/ojs/biblios/about" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblios.pitt.edu/ojs/biblios/about" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblios.pitt.edu/ojs/biblios/about" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abecbrasil.org.br/arquivos/whitepaper_CSE.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblios.pitt.edu/ojs/biblios/about" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblios.pitt.edu/ojs/biblios/about" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1825-0097" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblios.pitt.edu/ojs/biblios/about" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Technic">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Trek">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="4E3B30"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="FBEEC9"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="F0A22E"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="A5644E"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="B58B80"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="C3986D"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="A19574"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="C17529"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="AD1F1F"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="FFC42F"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office Classic 2">
       <a:majorFont>
-        <a:latin typeface="Aptos Display"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...54 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="굴림"/>
+        <a:font script="Hans" typeface="黑体"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="굴림"/>
+        <a:font script="Hans" typeface="黑体"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Concourse">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="62000"/>
+                <a:satMod val="180000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="65000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="32000"/>
+                <a:satMod val="250000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="23000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="15000"/>
+                <a:satMod val="180000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="45000"/>
+                <a:satMod val="170000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="70000">
+              <a:schemeClr val="phClr">
+                <a:tint val="99000"/>
+                <a:shade val="65000"/>
+                <a:satMod val="155000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="95500"/>
+                <a:shade val="100000"/>
+                <a:satMod val="155000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="55000" cap="flat" cmpd="thickThin" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="63500" cap="flat" cmpd="thickThin" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="50800" dist="38100" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="50800" dist="38100" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="63500" dist="38100" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="45000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront" fov="0">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="glow" dir="t">
+              <a:rot lat="0" lon="0" rev="6360000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d contourW="1000" prstMaterial="flat">
+            <a:bevelT w="95250" h="101600"/>
+            <a:contourClr>
+              <a:schemeClr val="phClr">
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:contourClr>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
+                <a:shade val="40000"/>
                 <a:satMod val="150000"/>
-                <a:shade val="98000"/>
-                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="30000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:shade val="60000"/>
+                <a:satMod val="150000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:tint val="83000"/>
+                <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="13000000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="78000"/>
+                <a:satMod val="220000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="35000"/>
+                <a:satMod val="155000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="60000" t="50000" r="40000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhFIE+burKr35HrXyglEWacfHUtoQ==">CgMxLjAyDmguNTFzbHN5bTZuMnE5Mg5oLjQ0bTNrdjgxc21yNjIOaC5rMGw1MDd1aTFobWgyDmguazBsNTA3dWkxaG1oMg5oLmswbDUwN3VpMWhtaDIOaC5oanFhY3Z4ZDlvN3kyDmgua3l6cTV6bjkycnh6Mg5oLmtpdTZmY3BxM3dubDgAciExVDJjd1p1U2xoQi1EWHd4Tk5uQXZzZ1NhZzQ1UzhIMEg=</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6769867-6084-4608-9D01-5B68CC9F039D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>17033</Characters>
+  <Pages>5</Pages>
+  <Words>1973</Words>
+  <Characters>10854</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>141</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20089</CharactersWithSpaces>
+  <CharactersWithSpaces>12802</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1730 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:subject/>
-[...2 lines deleted...]
-  <dc:description/>
+  <dc:creator>kep31</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>